--- v0 (2025-11-06)
+++ v1 (2025-12-06)
@@ -702,165 +702,200 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сирень </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00853EA4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Алтынович</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00004A62" w:rsidRPr="0063666B" w:rsidRDefault="00004A62" w:rsidP="00166FF1">
       <w:pPr>
         <w:spacing w:after="40" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Теле</w:t>
       </w:r>
+      <w:r w:rsidR="00A24A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>фон</w:t>
+      </w:r>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">фон </w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (8553) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>6-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24A6B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>06</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>8 (85594) 4-86-81, 8-9172836558</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00166FF1" w:rsidRPr="0063666B" w:rsidRDefault="00166FF1" w:rsidP="00166FF1">
+      <w:pPr>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00004A62" w:rsidRPr="0063666B" w:rsidRDefault="00004A62" w:rsidP="00166FF1">
+      <w:pPr>
+        <w:spacing w:line="192" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063666B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Режим работы диспансера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00004A62" w:rsidRPr="0063666B" w:rsidRDefault="00004A62" w:rsidP="00D2124E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063666B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Администрация</w:t>
       </w:r>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-        <w:t>8 (8553) 36-01-34,</w:t>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t>ул. Промы</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>8 (85594) 4-86-81, 8-9172836558</w:t>
-[...64 lines deleted...]
-        <w:t>ул. Промышленная, д.1 «А»</w:t>
+        <w:t>шленная, д.1 «А»</w:t>
       </w:r>
       <w:r w:rsidR="00D2124E" w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00004A62" w:rsidRPr="0063666B" w:rsidRDefault="00004A62" w:rsidP="00166FF1">
       <w:pPr>
         <w:spacing w:after="40" w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="26"/>
@@ -1456,60 +1491,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8(843) 238-79-19</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00984144" w:rsidRPr="0063666B" w:rsidRDefault="00355A56" w:rsidP="00166FF1">
       <w:pPr>
         <w:spacing w:line="192" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Территориальный отде</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">л Управления Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека по Республике Татарстан (Татарстан) </w:t>
+        <w:t xml:space="preserve">Территориальный отдел Управления Федеральной службы по надзору в сфере защиты прав потребителей и благополучия человека по Республике Татарстан (Татарстан) </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00355A56" w:rsidRPr="0063666B" w:rsidRDefault="0063666B" w:rsidP="002E4250">
       <w:pPr>
         <w:spacing w:after="0" w:line="120" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Бугульминском</w:t>
@@ -1741,139 +1767,140 @@
       </w:pPr>
       <w:r w:rsidRPr="0063666B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00355A56" w:rsidRPr="0063666B" w:rsidSect="002E4250">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="566" w:bottom="142" w:left="284" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00491A2F"/>
     <w:rsid w:val="00004A62"/>
     <w:rsid w:val="00010154"/>
     <w:rsid w:val="00166FF1"/>
     <w:rsid w:val="00251F1C"/>
     <w:rsid w:val="002E4250"/>
     <w:rsid w:val="00355A56"/>
     <w:rsid w:val="00491A2F"/>
     <w:rsid w:val="004D387A"/>
     <w:rsid w:val="00576CBC"/>
     <w:rsid w:val="0063233D"/>
     <w:rsid w:val="0063666B"/>
     <w:rsid w:val="006D5FD3"/>
     <w:rsid w:val="0076687A"/>
     <w:rsid w:val="00853EA4"/>
     <w:rsid w:val="00913151"/>
     <w:rsid w:val="00971128"/>
     <w:rsid w:val="00984144"/>
+    <w:rsid w:val="00A24A6B"/>
     <w:rsid w:val="00AD0B2E"/>
     <w:rsid w:val="00C260F7"/>
     <w:rsid w:val="00CA4751"/>
     <w:rsid w:val="00CF7DBD"/>
     <w:rsid w:val="00D2124E"/>
     <w:rsid w:val="00D74ADA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="25859D35"/>
+  <w14:docId w14:val="2E174F60"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{11B9A9BE-F1EE-4B3C-AE0F-F633A07BD3DC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2563,73 +2590,73 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>423</Words>
-  <Characters>2413</Characters>
+  <Words>422</Words>
+  <Characters>2412</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2831</CharactersWithSpaces>
+  <CharactersWithSpaces>2829</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>IT_Corp</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>