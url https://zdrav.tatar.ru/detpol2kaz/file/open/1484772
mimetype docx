--- v0 (2025-11-22)
+++ v1 (2026-01-12)
@@ -1,23013 +1,1168 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BB464F" w:rsidRPr="00BB464F" w:rsidRDefault="00014F67" w:rsidP="00417928">
-[...21 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00C252AB" w:rsidRDefault="00C252AB" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00E2754D" w:rsidRPr="0065258B" w:rsidRDefault="00E2754D" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Режим работы </w:t>
+      </w:r>
+      <w:r w:rsidR="0065258B" w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>поликлиники</w:t>
+      </w:r>
+      <w:r w:rsidR="000638C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в праздничные дни</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A650D" w:rsidRPr="0065258B" w:rsidRDefault="00E2754D" w:rsidP="0087526B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>31.12.2025</w:t>
+      </w:r>
+      <w:r w:rsidR="009A650D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по 11</w:t>
+      </w:r>
+      <w:r w:rsidR="009A650D" w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+        </w:rPr>
+        <w:t>1.2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5FCA" w:rsidRPr="0065258B" w:rsidRDefault="009D5FCA" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Приём дежурного врача-педиатра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2754D" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:00 до </w:t>
+      </w:r>
+      <w:r w:rsidR="009A650D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2754D" w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E0DEE" w:rsidRPr="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием вызовов на дом </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00 до 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000638C9" w:rsidRDefault="000638C9" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5FCA" w:rsidRPr="00975180" w:rsidRDefault="00975180" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Работа лаборатории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E5328" w:rsidRDefault="002E5328" w:rsidP="002E5328">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">03.01.2026, 06.01.2026, 09.01.2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5FCA" w:rsidRDefault="00E2754D" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B" w:rsidRPr="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="0065258B" w:rsidRPr="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00 до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="0065258B" w:rsidRPr="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A650D" w:rsidRDefault="009A650D" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRPr="0065258B" w:rsidRDefault="00E2754D" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЭКГ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E2754D" w:rsidRPr="00E2754D" w:rsidRDefault="0087526B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>06.01</w:t>
+      </w:r>
+      <w:r w:rsidR="00975180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2026    </w:t>
+      </w:r>
+      <w:r w:rsidR="009A650D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A22A4">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E2754D" w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>с 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r w:rsidR="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2754D" w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00170120" w:rsidRDefault="00170120" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRPr="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рентген </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087526B" w:rsidRDefault="009A650D" w:rsidP="009A650D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>6, 06.01.2026,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C7C06">
-[...12100 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">09.01.2026 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRDefault="0065258B" w:rsidP="009A650D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>с 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00 до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r w:rsidR="009A650D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E5121A">
-[...7335 lines deleted...]
-    <w:sectPr w:rsidR="00006D80" w:rsidRPr="00EF2B7B" w:rsidSect="00A92696">
+    </w:p>
+    <w:p w:rsidR="000638C9" w:rsidRDefault="000638C9" w:rsidP="009A650D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00576D3A" w:rsidRDefault="00576D3A" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C252AB" w:rsidRDefault="00C252AB" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C252AB" w:rsidRDefault="00C252AB" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009D5FCA" w:rsidRPr="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>Прием врачей-с</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2754D" w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>пециалист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2754D" w:rsidRPr="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087526B" w:rsidRDefault="0087526B" w:rsidP="0087526B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>03.01.2026 - ЛОР, хирург, офтальмолог</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087526B" w:rsidRDefault="0087526B" w:rsidP="0087526B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>с 09:00 до12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087526B" w:rsidRDefault="0087526B" w:rsidP="0087526B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 06.01.2026- ЛОР, хирург, невролог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0087526B" w:rsidRDefault="0087526B" w:rsidP="0087526B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>с 09:00 до12</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRDefault="0087526B" w:rsidP="0087526B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 09.01.2026 </w:t>
+      </w:r>
+      <w:r w:rsidR="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>ЛОР, хирург</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2A56" w:rsidRPr="002F2A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0065258B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>невр</w:t>
+      </w:r>
+      <w:r w:rsidR="002F2A56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>олог</w:t>
+      </w:r>
+      <w:r w:rsidR="009A650D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>, офтальмолог</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D5FCA" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="009D5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>09:00</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5FCA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="0087526B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009D5FCA" w:rsidRPr="00E2754D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0065258B" w:rsidRPr="00E2754D" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0065258B" w:rsidRPr="00E2754D" w:rsidSect="00C252AB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="568" w:right="424" w:bottom="284" w:left="284" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="850" w:bottom="709" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...7 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...599 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00200069"/>
-[...2729 lines deleted...]
-    <w:rsid w:val="00FF7C41"/>
+    <w:rsidRoot w:val="00EC7F60"/>
+    <w:rsid w:val="000638C9"/>
+    <w:rsid w:val="000C7F26"/>
+    <w:rsid w:val="000E0DEE"/>
+    <w:rsid w:val="00170120"/>
+    <w:rsid w:val="002E5328"/>
+    <w:rsid w:val="002F2A56"/>
+    <w:rsid w:val="004B31AB"/>
+    <w:rsid w:val="00576D3A"/>
+    <w:rsid w:val="005A7BEE"/>
+    <w:rsid w:val="0065258B"/>
+    <w:rsid w:val="00861596"/>
+    <w:rsid w:val="0087526B"/>
+    <w:rsid w:val="00975180"/>
+    <w:rsid w:val="009A650D"/>
+    <w:rsid w:val="009D5FCA"/>
+    <w:rsid w:val="00AF2FEF"/>
+    <w:rsid w:val="00C104D3"/>
+    <w:rsid w:val="00C252AB"/>
+    <w:rsid w:val="00C308B2"/>
+    <w:rsid w:val="00E2754D"/>
+    <w:rsid w:val="00EC7F60"/>
+    <w:rsid w:val="00FA1CF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6850CBDA"/>
-  <w15:docId w15:val="{729D3252-438E-46F0-B502-0CD3364CFE20}"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{93560E63-4B1B-4FB3-9B92-0F7727B2D02B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23130,51 +1285,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -23351,1130 +1506,409 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00927D8F"/>
-[...195 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
-[...18 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F45C3A"/>
+    <w:rsid w:val="002F2A56"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...280 lines deleted...]
-      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af2">
-[...18 lines deleted...]
-    <w:name w:val="Подзаголовок Знак"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af2"/>
-[...139 lines deleted...]
-    <w:link w:val="afc"/>
+    <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002F2A56"/>
     <w:rPr>
-      <w:sz w:val="20"/>
-[...23 lines deleted...]
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5836</Characters>
+  <Pages>2</Pages>
+  <Words>79</Words>
+  <Characters>453</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>3</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>DP_2</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6846</CharactersWithSpaces>
+  <CharactersWithSpaces>531</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>