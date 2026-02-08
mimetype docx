--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -1,1168 +1,23579 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00C252AB" w:rsidRDefault="00C252AB" w:rsidP="0065258B">
+    <w:p w:rsidR="00BB464F" w:rsidRPr="00BB464F" w:rsidRDefault="00014F67" w:rsidP="00417928">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF497E">
+        <w:rPr>
+          <w:rStyle w:val="af0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>РАСП</w:t>
+      </w:r>
+      <w:r w:rsidR="001A22A4">
+        <w:rPr>
+          <w:rStyle w:val="af0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ИСАНИЕ   УЧАСТКОВЫХ  ПЕДИАТРОВ</w:t>
+      </w:r>
+      <w:r w:rsidR="00643C68">
+        <w:rPr>
+          <w:rStyle w:val="af0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A22A4">
+        <w:rPr>
+          <w:rStyle w:val="af0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002972A1">
+        <w:rPr>
+          <w:rStyle w:val="af0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>02.02 – 7.02.2026</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="174"/>
+        <w:tblOverlap w:val="never"/>
+        <w:tblW w:w="11335" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="703"/>
+        <w:gridCol w:w="4962"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00553E29" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О. ВРАЧА</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ф.И.О. м/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ВТ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СР.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЧТ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ПТ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="557"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00705A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мирза-Магомедова Ирада Таировна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00705A3C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с Миннуллина Гузель Анваровна                          </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0012119C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E859CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Набиуллина Эльвира Ринатовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Замалова Гульшат Масхутовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E859CA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E859CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. Романова Диана Семеновна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00751DA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Габдрахманова Резеда Хафизовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00823D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>208</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="317"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00FE7A68">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Баширова Татьяна Валерьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00FE7A68">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> м/с Киршина А</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>делина Сергеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00823D60">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="411"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр.  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Хабибуллина Римма Камилевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Копенкова Инесса Анатольевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0040082A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>209</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="597"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="001A6619">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00A24BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ахмадеева Айгуль Кабировна     </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A24BF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вильданова Зарина </w:t>
+            </w:r>
+            <w:r w:rsidR="00C07EE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ильшатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="001A6619">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>213</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="549"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F3B04">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA0B1E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007662B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шарифзянова Фарида Хидиятовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00B55E54">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> М/с Косова </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B55E54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Анна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="007662B7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="007662B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4951"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001517A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Николаева Анастасия Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="009E125E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="4951"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="001517A7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001517A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="565"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00553E29" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Нурмухаметова Алина Разилевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мс. Хуснуллина Гулия Рушановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="002B1794">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="590"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр </w:t>
+            </w:r>
+            <w:r w:rsidR="009A140C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Набиуллина Эльвира Ринатовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Шакурова Гульнур Равилевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="009A140C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="009A140C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>АМЕТЬЕВО т 277-46-34 рег.   277-47-40 каб</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001517A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Демина Елена Петровна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м/с Зайцева Нина Алексеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00360897">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Николаева Анастасия Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Багаутдинова Фарида Сагитгареевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E92CF8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр.   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Назмутдинова Рушиния Хабилевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00171A23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гильмутдинова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Динара Ильнуровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A25DD4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Василова Гульназ Илгамовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00751DA2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Шайхутдинова Алина Ильшатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0060743F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>206</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidR="001517A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Субханова Гузель Ришатовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м/с Исрафилова Лейла Фанильевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="006F2596">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="006F2596">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр.  </w:t>
+            </w:r>
+            <w:r w:rsidR="00E94D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Егай Алина Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="009E125E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="00337693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вафина Ильзира Раушановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E94D4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр.  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ахмадеева Айгуль Кабировна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Хайруллина Лейля Эльфатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>213</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="560"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="006F2EEA" w:rsidRDefault="00B800CB" w:rsidP="006F2EEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гиниятуллина Азалия Азатовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0061511F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Халим</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ова Светлана Васильевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00D21F62">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001517A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Самигуллина Наиля Ильясовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="008661EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Гаврилова Наталья Алексеевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00836072" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidR="001517A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Самигуллина Наиля Ильясовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Галимзянова Лилия Айратовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00030AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>216</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+        <w:trPr>
+          <w:trHeight w:val="700"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="703" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4962" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="006F2EEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Харисова Наргиза Ильдаровна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="006F2EEA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/с Муртазина Альбина Рустемовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00030AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5020">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="008A48F2" w:rsidRPr="00E5121A" w:rsidRDefault="008A48F2" w:rsidP="00E5121A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00E2754D" w:rsidRPr="0065258B" w:rsidRDefault="00E2754D" w:rsidP="0065258B">
+    <w:p w:rsidR="001D0A75" w:rsidRPr="00E5121A" w:rsidRDefault="0041131B" w:rsidP="00E5121A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065258B">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00E5121A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Режим работы </w:t>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="0065258B" w:rsidRPr="0065258B">
+    </w:p>
+    <w:p w:rsidR="00E5121A" w:rsidRDefault="00E5121A" w:rsidP="007C2D2B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E5121A" w:rsidRDefault="00E5121A" w:rsidP="009A140C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>РАСПИСАНИЕ СПЕЦИАЛИСТОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00014F67" w:rsidRPr="00E5121A" w:rsidRDefault="00014F67" w:rsidP="007C2D2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ЭТАЖ</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10634" w:type="dxa"/>
+        <w:tblInd w:w="276" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="928"/>
+        <w:gridCol w:w="5284"/>
+        <w:gridCol w:w="1012"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="852"/>
+        <w:gridCol w:w="858"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>каб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ПН.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ВТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>СР.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ЧТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ПТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>105</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЗАВЕДУЮЩАЯ ШК.ДОШК. ОТД. №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Исхакова Лилия Фо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ст.м/с Котельникова Ирина Владимировна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E36363">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="1337"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Раздаточный пункт ДМК (кабинет)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Аблиева Бибигуль Айткалиевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00347D4E" w:rsidRDefault="000B084D" w:rsidP="00347D4E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Севрюк Дания Гафиятовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4422" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRDefault="000B084D" w:rsidP="00EE4F32">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00EE4F32">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5635">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="000B084D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="742"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>107</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00DD7249" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кабинет приема здоровых детей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр.Нуруллина Резида Хидиятовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="864" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D2B" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D2B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАБИНЕТ ИММУНОПРОФИЛАКТИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с картотеки Севрюк Дания Гафиятовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фильтр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Чечевицкая Наталья Юрьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="005E70EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="005E70EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="005E70EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>112</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Врач педиатр дежурный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="006C1979">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Вр.</w:t>
+            </w:r>
+            <w:r w:rsidR="00670C26">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Вааль Мария Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00FF4378">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4422" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00FF4378">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ежедневно (кроме выходных) </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4378">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="740"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Манипуляция инфекционного кабинета</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>М/с Аблиева Бибигуль Айткалиевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(исследования на гельминты)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+        <w:trPr>
+          <w:trHeight w:val="944"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>114</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Инфекционист</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>М/с. Аблиева Бибигуль Айткалиевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. Габдулхакова Миляуша Салаватовна </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="001D0A75" w:rsidRPr="00E5121A" w:rsidRDefault="001D0A75" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D0A75" w:rsidRPr="00E5121A" w:rsidRDefault="001D0A75" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D0A75" w:rsidRPr="00E5121A" w:rsidRDefault="001D0A75" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001D0A75" w:rsidRPr="00E5121A" w:rsidRDefault="001D0A75" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00413381" w:rsidRDefault="00090FA3" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00413381" w:rsidRDefault="00413381" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C2D2B" w:rsidRDefault="007C2D2B" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C2D2B" w:rsidRDefault="007C2D2B" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C2D2B" w:rsidRDefault="007C2D2B" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21E10" w:rsidRDefault="00B21E10" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21E10" w:rsidRDefault="00B21E10" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21E10" w:rsidRDefault="00B21E10" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F875E7" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00413381">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ЭТАЖ</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="12186" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="692"/>
+        <w:gridCol w:w="4406"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1276"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>каб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ПН.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ВТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>СР.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ЧТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ПТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЛОР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Яшина Ольга Сергеевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/с Сабирзянова Фердавс Шамилевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>12-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00F50E0B" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>11-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005A086D" w:rsidRPr="00E5121A" w:rsidRDefault="005A086D" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="00670C26" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="760"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00515E13">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Зиновьева Софья Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="005E6B08" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="695"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ХИРУРГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="005E6B08">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Коблов Виктор Николаевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00AC0434" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00295307" w:rsidRDefault="00670C26" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00295307" w:rsidRDefault="00E43F62" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E121DA" w:rsidRDefault="00E43F62" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+            <w:r w:rsidR="00E121DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00AC0434" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00AC0434" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="600"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр.Толстикова Алия Рафкатовна </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/с Безменова Марина Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="00E43F62" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00DD5B7D" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00811A31" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="856"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>214</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАБИНЕТ ЗДОРОВОГО РЕБЕНКА</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>прием беременных м/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Файзуллина Элина Дамировна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00DB58D8" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>14-17 прием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>17-18</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00DB58D8" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>лекция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>217</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прием анализов мочи и кала</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009531E1" w:rsidRDefault="009531E1" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="009531E1" w:rsidRDefault="009531E1" w:rsidP="009531E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>218</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЗАБОР АНАЛИЗОВ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Забор анализов крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="009531E1" w:rsidRDefault="009531E1" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="009531E1" w:rsidRDefault="009531E1" w:rsidP="009531E1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="449"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>221</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Процедурный кабинет</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="758"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>225</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ДНЕВНОЙ СТАЦИОНАР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ВР. Адыева Римма Фаизовна </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м/с Хусаинова Наиля Наилевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>226</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заведующая пед. отд. №1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="008170CD" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гайнутдинова Лейсан Рамилевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ст.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м/с Муллакаева Назира Раисовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E616A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E616A0" w:rsidRDefault="003C7DF5" w:rsidP="00E616A0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+        <w:trPr>
+          <w:trHeight w:val="711"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="692" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>227</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4406" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008170CD" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Заведующая пед. отд. №2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="008170CD" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Николаева Анастасия Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ст.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с Нужина Гузелия Андреевна  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00C557ED" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t>поликлиники</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000638C9">
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="52"/>
-          <w:szCs w:val="52"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в праздничные дни</w:t>
+        <w:t>*Проф. осмотры детей в организованных коллективах.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A650D" w:rsidRPr="0065258B" w:rsidRDefault="00E2754D" w:rsidP="0087526B">
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
       <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0079633C" w:rsidRPr="00E5121A" w:rsidRDefault="0079633C" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0079633C" w:rsidRPr="00E5121A" w:rsidRDefault="0079633C" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00542546" w:rsidRPr="00E5121A" w:rsidRDefault="00542546" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C48" w:rsidRPr="0047435F" w:rsidRDefault="00D55C48" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C48" w:rsidRPr="00E5121A" w:rsidRDefault="00D55C48" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B21E10" w:rsidRDefault="00B21E10" w:rsidP="00D22DB8">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00760012">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ЭТАЖ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D653C0" w:rsidRPr="00E5121A" w:rsidRDefault="00D653C0" w:rsidP="00F90681">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10485" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1759"/>
+        <w:gridCol w:w="4088"/>
+        <w:gridCol w:w="952"/>
+        <w:gridCol w:w="993"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="851"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005A4DDB">
+        <w:trPr>
+          <w:trHeight w:val="558"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>каб.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ф.И.О. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ПН.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ВТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>СР.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ЧТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ПТ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>РЕНТГЕН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Вр.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Валиева Гульназ Табрисовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>М/с Музеева Гульнар Марселевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>13-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00D22DB8">
+            <w:pPr>
+              <w:pStyle w:val="8"/>
+              <w:outlineLvl w:val="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>8-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00D22DB8">
+            <w:pPr>
+              <w:pStyle w:val="8"/>
+              <w:outlineLvl w:val="7"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>13-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="00DF45EE">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="af0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                  <w14:schemeClr w14:val="dk1">
+                    <w14:alpha w14:val="60000"/>
+                  </w14:schemeClr>
+                </w14:shadow>
+                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                  <w14:noFill/>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:round/>
+                </w14:textOutline>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A4DDB">
+              <w:rPr>
+                <w:rStyle w:val="af0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                  <w14:schemeClr w14:val="dk1">
+                    <w14:alpha w14:val="60000"/>
+                  </w14:schemeClr>
+                </w14:shadow>
+                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                  <w14:noFill/>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:round/>
+                </w14:textOutline>
+              </w:rPr>
+              <w:t>8-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF45EE">
+              <w:rPr>
+                <w:rStyle w:val="af0"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:shadow w14:blurRad="38100" w14:dist="19050" w14:dir="2700000" w14:sx="100000" w14:sy="100000" w14:kx="0" w14:ky="0" w14:algn="tl">
+                  <w14:schemeClr w14:val="dk1">
+                    <w14:alpha w14:val="60000"/>
+                  </w14:schemeClr>
+                </w14:shadow>
+                <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+                  <w14:noFill/>
+                  <w14:prstDash w14:val="solid"/>
+                  <w14:round/>
+                </w14:textOutline>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00760012" w:rsidRPr="007C2D6F" w:rsidTr="00B21E10">
+        <w:trPr>
+          <w:gridAfter w:val="5"/>
+          <w:wAfter w:w="4638" w:type="dxa"/>
+          <w:trHeight w:val="652"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ЛФК</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аверьянова Татьяна Николаевна </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Запись на массаж в 305 каб </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00F50E0B" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>13-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>13-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+        <w:trPr>
+          <w:trHeight w:val="54"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>306,307,308,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>309,310,311</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4088" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ФИЗИОТЕРАПЕВТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Вр. Нуруллина Илзира Фираидовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="952" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C2D6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00E5121A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00E5121A" w:rsidRDefault="00006D80" w:rsidP="00006D80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001127AF" w:rsidRPr="00E5121A" w:rsidRDefault="001127AF" w:rsidP="00006D80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001127AF" w:rsidRPr="00E5121A" w:rsidRDefault="001127AF" w:rsidP="00006D80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001127AF" w:rsidRPr="00E5121A" w:rsidRDefault="001127AF" w:rsidP="00006D80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B505E7" w:rsidRPr="00E5121A" w:rsidRDefault="00B505E7" w:rsidP="009617C5">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B505E7" w:rsidRPr="00E5121A" w:rsidRDefault="00B505E7" w:rsidP="009617C5">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B505E7" w:rsidRPr="00E5121A" w:rsidRDefault="00B505E7" w:rsidP="009617C5">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B505E7" w:rsidRPr="00E5121A" w:rsidRDefault="00B505E7" w:rsidP="009617C5">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B505E7" w:rsidRPr="00E5121A" w:rsidRDefault="00B505E7" w:rsidP="009617C5">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00706CF7" w:rsidRPr="00E5121A" w:rsidRDefault="00706CF7" w:rsidP="005F43F5">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006174C0" w:rsidRPr="00E5121A" w:rsidRDefault="006174C0" w:rsidP="006174C0">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00453D6D" w:rsidRPr="00E5121A" w:rsidRDefault="00453D6D" w:rsidP="00453D6D">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A2258E" w:rsidRPr="00E5121A" w:rsidRDefault="00A2258E" w:rsidP="00097DD3">
+      <w:pPr>
+        <w:ind w:right="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="52"/>
-[...55 lines deleted...]
-          <w:szCs w:val="48"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D5FCA" w:rsidRPr="0065258B" w:rsidRDefault="009D5FCA" w:rsidP="0065258B">
+    <w:p w:rsidR="00A2258E" w:rsidRPr="00E5121A" w:rsidRDefault="00A2258E" w:rsidP="00097DD3">
       <w:pPr>
+        <w:ind w:right="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="48"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0065258B">
+    </w:p>
+    <w:p w:rsidR="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="005A4DDB">
+      <w:pPr>
+        <w:ind w:right="-709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="48"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Приём дежурного врача-педиатра</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E2754D" w:rsidRDefault="0065258B" w:rsidP="0065258B">
+    <w:p w:rsidR="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="005A4DDB">
       <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="005A4DDB">
+      <w:pPr>
+        <w:ind w:right="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="48"/>
-          <w:szCs w:val="48"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009413DB" w:rsidRPr="00E5121A" w:rsidRDefault="008D411D" w:rsidP="005A4DDB">
+      <w:pPr>
+        <w:ind w:right="-709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5121A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>IV этаж</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10660" w:type="dxa"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="662"/>
+        <w:gridCol w:w="4093"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="1067"/>
+        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="1190"/>
+        <w:gridCol w:w="1324"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="613"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>чт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="692"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОРТОПЕД</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="001E476B" w:rsidRDefault="00C77E32" w:rsidP="008938FF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. Цой Игорь </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Владимирович</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/с Садирова Ильгиза Ильгизовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="005A4DDB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00ED07D3" w:rsidRDefault="00ED07D3" w:rsidP="005A4DDB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="618"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ЛОР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0060579E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Зиновьева Софья Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="0005533D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="005A086D" w:rsidRDefault="005A086D" w:rsidP="005A086D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A086D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00035442" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00035442">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="618"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>401</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="0065584C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065584C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>СТОМАТОЛОГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="0065584C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065584C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Прием детей 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="0005533D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="00035442" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>402</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аллерголог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="0005533D" w:rsidRDefault="00C77E32" w:rsidP="00F738DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Файзиева Мадинахон Мухитдиновна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00144BDC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="00EF5635">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF5635">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="658"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>403</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>НЕВРОПАТОЛОГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="00DF322D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вр. Ильина Ольга Анатольевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0020474F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="840"/>
+                <w:tab w:val="center" w:pos="1985"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с.Малашина Ирина Владимировна        </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="005E70EA" w:rsidRDefault="00C77E32" w:rsidP="00806AF7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E70EA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00AE20BF">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="008C20CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="008A317D" w:rsidRDefault="00C77E32" w:rsidP="008A317D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="004102C7" w:rsidRDefault="00C77E32" w:rsidP="00295307">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00235FCF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00347D4E" w:rsidRDefault="00C77E32" w:rsidP="00295307">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00347D4E" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00347D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00295307">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="69"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="003C1764" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003C1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уролог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="004617D7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003C1764">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Осипов Александр Юрьевич</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00A0252C" w:rsidRDefault="00C77E32" w:rsidP="004617D7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м/с.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Аблиева Бибигуль Айткалиевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E32642" w:rsidRDefault="00ED07D3" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="00BC294F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="001D580E" w:rsidRDefault="00C77E32" w:rsidP="003C039C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00295307" w:rsidRDefault="00C77E32" w:rsidP="008A317D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гинеколог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005A4DDB" w:rsidRDefault="00C77E32" w:rsidP="00002E80">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Галяутдинова Гузаль Закариевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00B345D8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00A30A0E" w:rsidRDefault="00C77E32" w:rsidP="00811A31">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00AC4369" w:rsidRDefault="00AB7E01" w:rsidP="0045264D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>15-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00597E1E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00284C06">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidRDefault="00CA05E5" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRDefault="00CA05E5" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA05E5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр.Зиннурова Наиля Ильфировна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidRDefault="00CA05E5" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="004102C7" w:rsidRDefault="00CA05E5" w:rsidP="004102C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00C52796" w:rsidRDefault="00C52796" w:rsidP="00CA05E5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00DF45EE" w:rsidRDefault="00CA05E5" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>12-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C52796">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF45EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00DF45EE" w:rsidRDefault="00DF45EE" w:rsidP="00EF5635">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>12-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C52796">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00CA05E5" w:rsidRDefault="00C52796" w:rsidP="00CA05E5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="726"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПСИХИАТР</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вахитова Диана Раветовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00680443">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/с Муртазина Елена Петровна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="001E0D0B" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00961B16" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="676"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>406</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОКУЛИСТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Ахатова Олеся Вячеславовна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00284C06">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D67DCA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/с Дадукова Надежда Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00BC294F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дети до 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="001D580E" w:rsidRDefault="00C77E32" w:rsidP="0045264D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0045264D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00C13C02" w:rsidRDefault="00C77E32" w:rsidP="00C52796">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="703"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>407</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Эндокринолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Аминова Альмира Рифкатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005344AA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="734"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>408</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ФГДС</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Бурханов Ринат Рифкатович</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00ED07D3" w:rsidRDefault="00ED07D3" w:rsidP="00284C06">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="0084272A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="0084272A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="734"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>409</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Иммунолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Сафина Луиза Закареевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00284C06">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00C52796" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="734"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>409</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЛОГОПЕД</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вр. Кузьмина Оксана Анатольевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00284C06">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE1DE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD7249" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="734"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>409</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Психолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр.Сиразиев Рустем Зиннурович</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="00284C06">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRPr="00E5121A" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C045FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="734"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>414</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRPr="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C045FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ЗАВЕДУЮЩАЯ ШК.ДОШК. ОТД. №1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C045FD" w:rsidRPr="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C045FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Халилова Светлана Фердинандовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C045FD" w:rsidRPr="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C045FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ст. м/с Вахитова Резеда Нихатовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="00284C06">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRPr="00DE1DE0" w:rsidRDefault="00C045FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C045FD" w:rsidRPr="00E5121A" w:rsidRDefault="00C045FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="808"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00DD2B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ГАСТРОЭНТЕРОЛОГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="004E6444" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вр. Тулупова Елена Валентиновна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с Морозова Надежда Александровна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00DF45EE" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF45EE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00832E54" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00832E54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>415</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>НЕФРОЛОГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вр. Пудовик Татьяна Владимировна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7249">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>М/с Степанова Татьяна Николаевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00843CDE" w:rsidP="00EF5635">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00843CDE" w:rsidP="00EF5635">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00EF5635" w:rsidRDefault="00843CDE" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00B345D8" w:rsidRPr="00EF5635">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="524"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>416</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00C045FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C045FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вр. Атландерова Галина Николаевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00C045FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C045FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м/с. Гильметдинова Гульфия Гирфановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00A90324" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00A90324" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дети до 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="005E7887" w:rsidRDefault="00FE45FD" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00A90324" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="000D2992" w:rsidRDefault="00FE45FD" w:rsidP="0002720E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>УЗИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Вр. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Хабибуллина Резеда Ахметзагировна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00C045FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="0059209B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="0059209B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="0059209B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="0059209B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="0059209B" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="003E6231">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FE45FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14-18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE45FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="0059209B" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="412"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вр. Анисимова А.В</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidRDefault="00CA05E5" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00D020E7" w:rsidP="00FE45FD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidTr="00FE45FD">
+        <w:trPr>
+          <w:gridAfter w:val="6"/>
+          <w:wAfter w:w="9998" w:type="dxa"/>
+          <w:trHeight w:val="282"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidRDefault="00E853EB" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidTr="00E853EB">
+        <w:trPr>
+          <w:gridAfter w:val="6"/>
+          <w:wAfter w:w="9998" w:type="dxa"/>
+          <w:trHeight w:val="282"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidRDefault="00E853EB" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00DD2B4F" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>417</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАБИНЕТ ФУНК. ДИАГНОСТИКИ (ЭКГ)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="0065584C" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065584C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вр. Гилазутдинова Гузель Энваровна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00C50CC1" w:rsidRDefault="00C77E32" w:rsidP="00B03B22">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00C964E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дети до</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="00C964E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001517A7" w:rsidRPr="00E5121A" w:rsidRDefault="001517A7" w:rsidP="00C964E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="001517A7" w:rsidRDefault="001517A7" w:rsidP="000B03E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>13-14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="001517A7" w:rsidRDefault="001517A7" w:rsidP="000B03E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13-14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00491195" w:rsidRDefault="00C77E32" w:rsidP="000B03E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0065584C" w:rsidRPr="00DD2B4F" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>417</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065584C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАРДИОЛОГ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065584C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Вр.Бурханова Айгюль Альбертовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="00C50CC1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="00C964E7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="000B03E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="000B03E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="000B03E8">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>418</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="0065584C" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0065584C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Невропатолог</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Вр. Магина Ольга Генадьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мс. Фазлулина Гульнара Галимзяновна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00686B4E" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686B4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00686B4E" w:rsidRDefault="00D020E7" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Дети до 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00686B4E" w:rsidRDefault="0059209B" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00347D4E" w:rsidRDefault="00C77E32" w:rsidP="001D1289">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00686B4E" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00686B4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="385"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Фвд</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="003E6231" w:rsidRDefault="00D020E7" w:rsidP="001D1289">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15-15</w:t>
+            </w:r>
+            <w:r w:rsidR="003E6231">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="418"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Эхо-эг</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="003E6231" w:rsidRDefault="00D020E7" w:rsidP="001D1289">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="003E6231">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-15</w:t>
+            </w:r>
+            <w:r w:rsidR="003E6231">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рэг</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002E713A">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="0081422A" w:rsidRDefault="00C77E32" w:rsidP="00690D68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="008045C9" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="006C13AE" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="006C13AE" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AF0C9B" w:rsidRPr="00AF0C9B" w:rsidRDefault="00AF0C9B" w:rsidP="00F16B46">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="379"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00FE678F" w:rsidTr="00DF11E7">
+        <w:trPr>
+          <w:trHeight w:val="807"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4093" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00010B73">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D25258">
+            <w:pPr>
+              <w:pStyle w:val="a9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="008F4166" w:rsidRDefault="00C77E32" w:rsidP="00FF3D1F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="008F4166" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="center" w:pos="379"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F411C5" w:rsidRPr="00FE678F" w:rsidRDefault="00F411C5" w:rsidP="00006D80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00062BF6" w:rsidRPr="00FE678F" w:rsidRDefault="00F411C5" w:rsidP="003D54E5">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE678F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F411C5" w:rsidRDefault="00F411C5" w:rsidP="00006D80">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00006D80" w:rsidRPr="00EF2B7B" w:rsidRDefault="00EF2B7B" w:rsidP="0004790F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8357"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="48"/>
+          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">с </w:t>
-[...39 lines deleted...]
-        <w:t>:00</w:t>
+        <w:t xml:space="preserve">                      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E0DEE" w:rsidRPr="0065258B" w:rsidRDefault="0065258B" w:rsidP="0065258B">
-[...807 lines deleted...]
-    <w:sectPr w:rsidR="0065258B" w:rsidRPr="00E2754D" w:rsidSect="00C252AB">
+    <w:sectPr w:rsidR="00006D80" w:rsidRPr="00EF2B7B" w:rsidSect="00A92696">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="850" w:bottom="709" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="424" w:bottom="284" w:left="284" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Black">
+    <w:panose1 w:val="020B0A04020102020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08A66DA3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="703659D2"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FFD3513"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="281E8154"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55B6695D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="485EA86E"/>
+    <w:lvl w:ilvl="0" w:tplc="B600CC82">
+      <w:start w:val="9"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6855657F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1116FC50"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="768" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1488" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2208" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2928" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="788C52AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E84C3E82"/>
+    <w:lvl w:ilvl="0" w:tplc="7D3E5668">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79F51008"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="919A44F8"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="ru-RU" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EC7F60"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00FA1CF7"/>
+    <w:rsidRoot w:val="00200069"/>
+    <w:rsid w:val="00000A88"/>
+    <w:rsid w:val="000011C9"/>
+    <w:rsid w:val="000015CE"/>
+    <w:rsid w:val="00001CEC"/>
+    <w:rsid w:val="000027F7"/>
+    <w:rsid w:val="00002B4C"/>
+    <w:rsid w:val="00002CE2"/>
+    <w:rsid w:val="00002E80"/>
+    <w:rsid w:val="000030DE"/>
+    <w:rsid w:val="00003B45"/>
+    <w:rsid w:val="000044B8"/>
+    <w:rsid w:val="00004926"/>
+    <w:rsid w:val="00006362"/>
+    <w:rsid w:val="00006D80"/>
+    <w:rsid w:val="000107DC"/>
+    <w:rsid w:val="00010B73"/>
+    <w:rsid w:val="00010F07"/>
+    <w:rsid w:val="000113E4"/>
+    <w:rsid w:val="0001156F"/>
+    <w:rsid w:val="00011DF8"/>
+    <w:rsid w:val="0001218F"/>
+    <w:rsid w:val="00013BB0"/>
+    <w:rsid w:val="00014F67"/>
+    <w:rsid w:val="000163FD"/>
+    <w:rsid w:val="0001651F"/>
+    <w:rsid w:val="000169CC"/>
+    <w:rsid w:val="00020388"/>
+    <w:rsid w:val="00021216"/>
+    <w:rsid w:val="000230A5"/>
+    <w:rsid w:val="0002310D"/>
+    <w:rsid w:val="00023217"/>
+    <w:rsid w:val="000232C6"/>
+    <w:rsid w:val="000237EE"/>
+    <w:rsid w:val="00023F0D"/>
+    <w:rsid w:val="0002467A"/>
+    <w:rsid w:val="00025B97"/>
+    <w:rsid w:val="000261B5"/>
+    <w:rsid w:val="0002720E"/>
+    <w:rsid w:val="0003035F"/>
+    <w:rsid w:val="00030AB0"/>
+    <w:rsid w:val="00030C61"/>
+    <w:rsid w:val="00031790"/>
+    <w:rsid w:val="00031B0E"/>
+    <w:rsid w:val="00031E28"/>
+    <w:rsid w:val="00032805"/>
+    <w:rsid w:val="000347C2"/>
+    <w:rsid w:val="00035442"/>
+    <w:rsid w:val="000367B8"/>
+    <w:rsid w:val="00036862"/>
+    <w:rsid w:val="00036EFA"/>
+    <w:rsid w:val="00036FAA"/>
+    <w:rsid w:val="00037CDB"/>
+    <w:rsid w:val="0004007F"/>
+    <w:rsid w:val="000402EC"/>
+    <w:rsid w:val="0004042B"/>
+    <w:rsid w:val="000406B5"/>
+    <w:rsid w:val="00041235"/>
+    <w:rsid w:val="00042785"/>
+    <w:rsid w:val="000433DA"/>
+    <w:rsid w:val="0004567B"/>
+    <w:rsid w:val="00046EF1"/>
+    <w:rsid w:val="000478A1"/>
+    <w:rsid w:val="0004790F"/>
+    <w:rsid w:val="000527B4"/>
+    <w:rsid w:val="00053E8F"/>
+    <w:rsid w:val="0005533D"/>
+    <w:rsid w:val="0005715D"/>
+    <w:rsid w:val="000572F5"/>
+    <w:rsid w:val="000577E5"/>
+    <w:rsid w:val="0005786F"/>
+    <w:rsid w:val="0006057D"/>
+    <w:rsid w:val="00061DA6"/>
+    <w:rsid w:val="00062BF6"/>
+    <w:rsid w:val="00063CDE"/>
+    <w:rsid w:val="000641AD"/>
+    <w:rsid w:val="00064A7F"/>
+    <w:rsid w:val="00067A94"/>
+    <w:rsid w:val="000709EC"/>
+    <w:rsid w:val="00070CBE"/>
+    <w:rsid w:val="00072823"/>
+    <w:rsid w:val="000733B0"/>
+    <w:rsid w:val="00073AB8"/>
+    <w:rsid w:val="00074CE7"/>
+    <w:rsid w:val="000760E0"/>
+    <w:rsid w:val="000768FD"/>
+    <w:rsid w:val="00076D5E"/>
+    <w:rsid w:val="00077204"/>
+    <w:rsid w:val="00080CEF"/>
+    <w:rsid w:val="000818FB"/>
+    <w:rsid w:val="0008393A"/>
+    <w:rsid w:val="00083CE3"/>
+    <w:rsid w:val="000852E3"/>
+    <w:rsid w:val="00085B14"/>
+    <w:rsid w:val="00085BE9"/>
+    <w:rsid w:val="000868FF"/>
+    <w:rsid w:val="00086A9D"/>
+    <w:rsid w:val="00090FA3"/>
+    <w:rsid w:val="000913BD"/>
+    <w:rsid w:val="00091C0D"/>
+    <w:rsid w:val="00091D04"/>
+    <w:rsid w:val="00092945"/>
+    <w:rsid w:val="00092D9C"/>
+    <w:rsid w:val="00093215"/>
+    <w:rsid w:val="000934A6"/>
+    <w:rsid w:val="000939D4"/>
+    <w:rsid w:val="00093B96"/>
+    <w:rsid w:val="00093C6E"/>
+    <w:rsid w:val="000940A4"/>
+    <w:rsid w:val="00097BFF"/>
+    <w:rsid w:val="00097DD3"/>
+    <w:rsid w:val="000A1481"/>
+    <w:rsid w:val="000A22A7"/>
+    <w:rsid w:val="000A347F"/>
+    <w:rsid w:val="000A3EE4"/>
+    <w:rsid w:val="000A4CD1"/>
+    <w:rsid w:val="000A579E"/>
+    <w:rsid w:val="000A5FC5"/>
+    <w:rsid w:val="000A6C9D"/>
+    <w:rsid w:val="000A6E84"/>
+    <w:rsid w:val="000B03E8"/>
+    <w:rsid w:val="000B084D"/>
+    <w:rsid w:val="000B0C64"/>
+    <w:rsid w:val="000B1A8D"/>
+    <w:rsid w:val="000B1F92"/>
+    <w:rsid w:val="000B3632"/>
+    <w:rsid w:val="000B4FC1"/>
+    <w:rsid w:val="000B6931"/>
+    <w:rsid w:val="000B6B78"/>
+    <w:rsid w:val="000B6CD9"/>
+    <w:rsid w:val="000B6E48"/>
+    <w:rsid w:val="000B6E95"/>
+    <w:rsid w:val="000B71C6"/>
+    <w:rsid w:val="000C0BA7"/>
+    <w:rsid w:val="000C25F6"/>
+    <w:rsid w:val="000C2D86"/>
+    <w:rsid w:val="000C3C73"/>
+    <w:rsid w:val="000C41F2"/>
+    <w:rsid w:val="000C6858"/>
+    <w:rsid w:val="000C6931"/>
+    <w:rsid w:val="000D1E05"/>
+    <w:rsid w:val="000D2992"/>
+    <w:rsid w:val="000D2F8A"/>
+    <w:rsid w:val="000D5065"/>
+    <w:rsid w:val="000D50F6"/>
+    <w:rsid w:val="000D62AC"/>
+    <w:rsid w:val="000D6834"/>
+    <w:rsid w:val="000D7B0B"/>
+    <w:rsid w:val="000E3290"/>
+    <w:rsid w:val="000E4586"/>
+    <w:rsid w:val="000F01B6"/>
+    <w:rsid w:val="000F11AB"/>
+    <w:rsid w:val="000F1EE9"/>
+    <w:rsid w:val="000F275D"/>
+    <w:rsid w:val="000F2D67"/>
+    <w:rsid w:val="000F2EED"/>
+    <w:rsid w:val="000F4996"/>
+    <w:rsid w:val="000F5416"/>
+    <w:rsid w:val="000F74DA"/>
+    <w:rsid w:val="000F7E0C"/>
+    <w:rsid w:val="000F7F28"/>
+    <w:rsid w:val="00101A73"/>
+    <w:rsid w:val="00101B4C"/>
+    <w:rsid w:val="001022FD"/>
+    <w:rsid w:val="00102B2D"/>
+    <w:rsid w:val="00103166"/>
+    <w:rsid w:val="0010387F"/>
+    <w:rsid w:val="00103D57"/>
+    <w:rsid w:val="00104ED2"/>
+    <w:rsid w:val="001066B7"/>
+    <w:rsid w:val="00106AFF"/>
+    <w:rsid w:val="001071FE"/>
+    <w:rsid w:val="0010724E"/>
+    <w:rsid w:val="00107801"/>
+    <w:rsid w:val="00107D0F"/>
+    <w:rsid w:val="00107FA6"/>
+    <w:rsid w:val="00110638"/>
+    <w:rsid w:val="00110D42"/>
+    <w:rsid w:val="00111262"/>
+    <w:rsid w:val="001113C0"/>
+    <w:rsid w:val="001125FB"/>
+    <w:rsid w:val="001127AF"/>
+    <w:rsid w:val="0011339C"/>
+    <w:rsid w:val="0011448A"/>
+    <w:rsid w:val="001147C8"/>
+    <w:rsid w:val="00114B03"/>
+    <w:rsid w:val="00115823"/>
+    <w:rsid w:val="001207D2"/>
+    <w:rsid w:val="00120C22"/>
+    <w:rsid w:val="0012119C"/>
+    <w:rsid w:val="00121DC4"/>
+    <w:rsid w:val="0012291B"/>
+    <w:rsid w:val="001229A9"/>
+    <w:rsid w:val="00122B95"/>
+    <w:rsid w:val="001231AB"/>
+    <w:rsid w:val="0012376A"/>
+    <w:rsid w:val="00124D05"/>
+    <w:rsid w:val="00124E96"/>
+    <w:rsid w:val="00125D63"/>
+    <w:rsid w:val="00126F41"/>
+    <w:rsid w:val="001272B9"/>
+    <w:rsid w:val="00130C19"/>
+    <w:rsid w:val="001315C0"/>
+    <w:rsid w:val="0013168D"/>
+    <w:rsid w:val="001323F8"/>
+    <w:rsid w:val="00134110"/>
+    <w:rsid w:val="001359B3"/>
+    <w:rsid w:val="001360F6"/>
+    <w:rsid w:val="00136501"/>
+    <w:rsid w:val="00136B3E"/>
+    <w:rsid w:val="00137379"/>
+    <w:rsid w:val="00141A7D"/>
+    <w:rsid w:val="00141D24"/>
+    <w:rsid w:val="0014302C"/>
+    <w:rsid w:val="001439D1"/>
+    <w:rsid w:val="001445C2"/>
+    <w:rsid w:val="00144BDC"/>
+    <w:rsid w:val="00144DE2"/>
+    <w:rsid w:val="00145197"/>
+    <w:rsid w:val="00145C94"/>
+    <w:rsid w:val="00147690"/>
+    <w:rsid w:val="0015075C"/>
+    <w:rsid w:val="0015127E"/>
+    <w:rsid w:val="001517A7"/>
+    <w:rsid w:val="001525F8"/>
+    <w:rsid w:val="001528B4"/>
+    <w:rsid w:val="00152AF6"/>
+    <w:rsid w:val="00156280"/>
+    <w:rsid w:val="00157130"/>
+    <w:rsid w:val="0016071A"/>
+    <w:rsid w:val="0016147C"/>
+    <w:rsid w:val="001623AA"/>
+    <w:rsid w:val="00162418"/>
+    <w:rsid w:val="001624FF"/>
+    <w:rsid w:val="001637BF"/>
+    <w:rsid w:val="00164A2E"/>
+    <w:rsid w:val="0016636D"/>
+    <w:rsid w:val="00166AB3"/>
+    <w:rsid w:val="00167868"/>
+    <w:rsid w:val="00170169"/>
+    <w:rsid w:val="00170842"/>
+    <w:rsid w:val="00170B0E"/>
+    <w:rsid w:val="00170E55"/>
+    <w:rsid w:val="00171A23"/>
+    <w:rsid w:val="00172514"/>
+    <w:rsid w:val="0017469A"/>
+    <w:rsid w:val="00174D00"/>
+    <w:rsid w:val="00175707"/>
+    <w:rsid w:val="00175791"/>
+    <w:rsid w:val="0017649D"/>
+    <w:rsid w:val="0017658B"/>
+    <w:rsid w:val="0017732F"/>
+    <w:rsid w:val="001777B7"/>
+    <w:rsid w:val="00177952"/>
+    <w:rsid w:val="00177BB1"/>
+    <w:rsid w:val="001801AB"/>
+    <w:rsid w:val="00181A02"/>
+    <w:rsid w:val="001824DB"/>
+    <w:rsid w:val="001841D1"/>
+    <w:rsid w:val="001854E1"/>
+    <w:rsid w:val="00186691"/>
+    <w:rsid w:val="00187A33"/>
+    <w:rsid w:val="00190AF6"/>
+    <w:rsid w:val="00191087"/>
+    <w:rsid w:val="0019121B"/>
+    <w:rsid w:val="00193B07"/>
+    <w:rsid w:val="00193DF9"/>
+    <w:rsid w:val="00195B9C"/>
+    <w:rsid w:val="00195D88"/>
+    <w:rsid w:val="00195F20"/>
+    <w:rsid w:val="0019663A"/>
+    <w:rsid w:val="00197DB3"/>
+    <w:rsid w:val="00197DBE"/>
+    <w:rsid w:val="00197E23"/>
+    <w:rsid w:val="001A0D0B"/>
+    <w:rsid w:val="001A20E9"/>
+    <w:rsid w:val="001A22A4"/>
+    <w:rsid w:val="001A292D"/>
+    <w:rsid w:val="001A29AB"/>
+    <w:rsid w:val="001A2E2D"/>
+    <w:rsid w:val="001A35A1"/>
+    <w:rsid w:val="001A3972"/>
+    <w:rsid w:val="001A3BEB"/>
+    <w:rsid w:val="001A3EA4"/>
+    <w:rsid w:val="001A468E"/>
+    <w:rsid w:val="001A4874"/>
+    <w:rsid w:val="001A4EAF"/>
+    <w:rsid w:val="001A5724"/>
+    <w:rsid w:val="001A62B6"/>
+    <w:rsid w:val="001A6342"/>
+    <w:rsid w:val="001A63A5"/>
+    <w:rsid w:val="001A6465"/>
+    <w:rsid w:val="001A6619"/>
+    <w:rsid w:val="001B0BE5"/>
+    <w:rsid w:val="001B0F76"/>
+    <w:rsid w:val="001B1283"/>
+    <w:rsid w:val="001B1932"/>
+    <w:rsid w:val="001B1D49"/>
+    <w:rsid w:val="001B2ACC"/>
+    <w:rsid w:val="001B363E"/>
+    <w:rsid w:val="001B48B1"/>
+    <w:rsid w:val="001B55DE"/>
+    <w:rsid w:val="001B6985"/>
+    <w:rsid w:val="001B6F3F"/>
+    <w:rsid w:val="001B7676"/>
+    <w:rsid w:val="001C0740"/>
+    <w:rsid w:val="001C0D50"/>
+    <w:rsid w:val="001C1893"/>
+    <w:rsid w:val="001C2DA2"/>
+    <w:rsid w:val="001C4598"/>
+    <w:rsid w:val="001C4C69"/>
+    <w:rsid w:val="001C4E10"/>
+    <w:rsid w:val="001C522C"/>
+    <w:rsid w:val="001C5A6A"/>
+    <w:rsid w:val="001C6BF7"/>
+    <w:rsid w:val="001C726C"/>
+    <w:rsid w:val="001D0A75"/>
+    <w:rsid w:val="001D1289"/>
+    <w:rsid w:val="001D1542"/>
+    <w:rsid w:val="001D2602"/>
+    <w:rsid w:val="001D2849"/>
+    <w:rsid w:val="001D2948"/>
+    <w:rsid w:val="001D3CF3"/>
+    <w:rsid w:val="001D3E82"/>
+    <w:rsid w:val="001D452D"/>
+    <w:rsid w:val="001D492C"/>
+    <w:rsid w:val="001D580E"/>
+    <w:rsid w:val="001E0899"/>
+    <w:rsid w:val="001E0938"/>
+    <w:rsid w:val="001E0C58"/>
+    <w:rsid w:val="001E0D0B"/>
+    <w:rsid w:val="001E0E27"/>
+    <w:rsid w:val="001E1064"/>
+    <w:rsid w:val="001E1552"/>
+    <w:rsid w:val="001E2131"/>
+    <w:rsid w:val="001E2A04"/>
+    <w:rsid w:val="001E3ACC"/>
+    <w:rsid w:val="001E4573"/>
+    <w:rsid w:val="001E476B"/>
+    <w:rsid w:val="001E4C7E"/>
+    <w:rsid w:val="001E4FB7"/>
+    <w:rsid w:val="001E5004"/>
+    <w:rsid w:val="001E6711"/>
+    <w:rsid w:val="001E68AC"/>
+    <w:rsid w:val="001E6D26"/>
+    <w:rsid w:val="001E6E2E"/>
+    <w:rsid w:val="001E6FE1"/>
+    <w:rsid w:val="001F0188"/>
+    <w:rsid w:val="001F2E33"/>
+    <w:rsid w:val="001F317A"/>
+    <w:rsid w:val="001F3202"/>
+    <w:rsid w:val="001F3408"/>
+    <w:rsid w:val="001F386A"/>
+    <w:rsid w:val="001F4178"/>
+    <w:rsid w:val="001F4CD4"/>
+    <w:rsid w:val="001F6626"/>
+    <w:rsid w:val="001F6988"/>
+    <w:rsid w:val="001F699D"/>
+    <w:rsid w:val="001F7195"/>
+    <w:rsid w:val="001F7B7A"/>
+    <w:rsid w:val="00200069"/>
+    <w:rsid w:val="00200B3F"/>
+    <w:rsid w:val="0020146C"/>
+    <w:rsid w:val="00201EB1"/>
+    <w:rsid w:val="00201F98"/>
+    <w:rsid w:val="00203259"/>
+    <w:rsid w:val="0020372D"/>
+    <w:rsid w:val="00203A50"/>
+    <w:rsid w:val="00203C0B"/>
+    <w:rsid w:val="002046C3"/>
+    <w:rsid w:val="0020474F"/>
+    <w:rsid w:val="00204A9F"/>
+    <w:rsid w:val="00204F77"/>
+    <w:rsid w:val="00205292"/>
+    <w:rsid w:val="002053EB"/>
+    <w:rsid w:val="0020577A"/>
+    <w:rsid w:val="00205A6B"/>
+    <w:rsid w:val="00206134"/>
+    <w:rsid w:val="002063E4"/>
+    <w:rsid w:val="00207CE1"/>
+    <w:rsid w:val="0021022C"/>
+    <w:rsid w:val="00211129"/>
+    <w:rsid w:val="0021124C"/>
+    <w:rsid w:val="002113E1"/>
+    <w:rsid w:val="00212192"/>
+    <w:rsid w:val="002123F2"/>
+    <w:rsid w:val="0021247D"/>
+    <w:rsid w:val="0021260B"/>
+    <w:rsid w:val="002134DC"/>
+    <w:rsid w:val="002136BF"/>
+    <w:rsid w:val="002144AE"/>
+    <w:rsid w:val="00214E34"/>
+    <w:rsid w:val="00216D23"/>
+    <w:rsid w:val="00216D5E"/>
+    <w:rsid w:val="002175C7"/>
+    <w:rsid w:val="0022004E"/>
+    <w:rsid w:val="0022078C"/>
+    <w:rsid w:val="002226DA"/>
+    <w:rsid w:val="002233E3"/>
+    <w:rsid w:val="0022385C"/>
+    <w:rsid w:val="002246B2"/>
+    <w:rsid w:val="002266DC"/>
+    <w:rsid w:val="002266FA"/>
+    <w:rsid w:val="0022780E"/>
+    <w:rsid w:val="002302E1"/>
+    <w:rsid w:val="00230301"/>
+    <w:rsid w:val="00234BB8"/>
+    <w:rsid w:val="00234D27"/>
+    <w:rsid w:val="00234DB1"/>
+    <w:rsid w:val="0023542E"/>
+    <w:rsid w:val="00235FCF"/>
+    <w:rsid w:val="00237388"/>
+    <w:rsid w:val="00237841"/>
+    <w:rsid w:val="00237FE1"/>
+    <w:rsid w:val="00240214"/>
+    <w:rsid w:val="00240C14"/>
+    <w:rsid w:val="002412F0"/>
+    <w:rsid w:val="0024136C"/>
+    <w:rsid w:val="00241E1F"/>
+    <w:rsid w:val="00244144"/>
+    <w:rsid w:val="002447FE"/>
+    <w:rsid w:val="00244E18"/>
+    <w:rsid w:val="00246F3A"/>
+    <w:rsid w:val="002477A8"/>
+    <w:rsid w:val="0024792E"/>
+    <w:rsid w:val="00251447"/>
+    <w:rsid w:val="0025240C"/>
+    <w:rsid w:val="00252D7F"/>
+    <w:rsid w:val="002548D5"/>
+    <w:rsid w:val="00254C0F"/>
+    <w:rsid w:val="00255469"/>
+    <w:rsid w:val="00255E64"/>
+    <w:rsid w:val="00257297"/>
+    <w:rsid w:val="002606D8"/>
+    <w:rsid w:val="002609A5"/>
+    <w:rsid w:val="002628B1"/>
+    <w:rsid w:val="00263ADE"/>
+    <w:rsid w:val="00264D97"/>
+    <w:rsid w:val="00266810"/>
+    <w:rsid w:val="00266CAD"/>
+    <w:rsid w:val="00266D71"/>
+    <w:rsid w:val="002676DC"/>
+    <w:rsid w:val="00267F7C"/>
+    <w:rsid w:val="00271494"/>
+    <w:rsid w:val="00271A6B"/>
+    <w:rsid w:val="00273D80"/>
+    <w:rsid w:val="00273EF4"/>
+    <w:rsid w:val="0027639C"/>
+    <w:rsid w:val="002766B9"/>
+    <w:rsid w:val="00276CC8"/>
+    <w:rsid w:val="00276CF3"/>
+    <w:rsid w:val="0027792F"/>
+    <w:rsid w:val="002809B0"/>
+    <w:rsid w:val="00281713"/>
+    <w:rsid w:val="00282341"/>
+    <w:rsid w:val="0028292B"/>
+    <w:rsid w:val="002835E1"/>
+    <w:rsid w:val="0028490B"/>
+    <w:rsid w:val="00284959"/>
+    <w:rsid w:val="00284C06"/>
+    <w:rsid w:val="0028648F"/>
+    <w:rsid w:val="00287C47"/>
+    <w:rsid w:val="00287CC2"/>
+    <w:rsid w:val="00290D77"/>
+    <w:rsid w:val="0029220A"/>
+    <w:rsid w:val="00292D8E"/>
+    <w:rsid w:val="00294394"/>
+    <w:rsid w:val="002943E6"/>
+    <w:rsid w:val="00294480"/>
+    <w:rsid w:val="0029479A"/>
+    <w:rsid w:val="00295307"/>
+    <w:rsid w:val="0029534F"/>
+    <w:rsid w:val="002972A1"/>
+    <w:rsid w:val="00297448"/>
+    <w:rsid w:val="002A0F32"/>
+    <w:rsid w:val="002A226C"/>
+    <w:rsid w:val="002A229E"/>
+    <w:rsid w:val="002A2636"/>
+    <w:rsid w:val="002A4040"/>
+    <w:rsid w:val="002A4D2B"/>
+    <w:rsid w:val="002A54C2"/>
+    <w:rsid w:val="002A5736"/>
+    <w:rsid w:val="002A594D"/>
+    <w:rsid w:val="002A5C7A"/>
+    <w:rsid w:val="002A5C99"/>
+    <w:rsid w:val="002A69D6"/>
+    <w:rsid w:val="002A7B5E"/>
+    <w:rsid w:val="002B0EB2"/>
+    <w:rsid w:val="002B1794"/>
+    <w:rsid w:val="002B23DC"/>
+    <w:rsid w:val="002B258E"/>
+    <w:rsid w:val="002B286B"/>
+    <w:rsid w:val="002B299A"/>
+    <w:rsid w:val="002B3495"/>
+    <w:rsid w:val="002B363D"/>
+    <w:rsid w:val="002B4BD6"/>
+    <w:rsid w:val="002B4D31"/>
+    <w:rsid w:val="002B6EB4"/>
+    <w:rsid w:val="002B750E"/>
+    <w:rsid w:val="002C0936"/>
+    <w:rsid w:val="002C094B"/>
+    <w:rsid w:val="002C11C4"/>
+    <w:rsid w:val="002C2D77"/>
+    <w:rsid w:val="002C3327"/>
+    <w:rsid w:val="002C3951"/>
+    <w:rsid w:val="002C48E3"/>
+    <w:rsid w:val="002C522E"/>
+    <w:rsid w:val="002C52D2"/>
+    <w:rsid w:val="002C5485"/>
+    <w:rsid w:val="002C5940"/>
+    <w:rsid w:val="002C5A96"/>
+    <w:rsid w:val="002C5D81"/>
+    <w:rsid w:val="002C7C06"/>
+    <w:rsid w:val="002D117F"/>
+    <w:rsid w:val="002D1CB9"/>
+    <w:rsid w:val="002D295E"/>
+    <w:rsid w:val="002D2E56"/>
+    <w:rsid w:val="002D4420"/>
+    <w:rsid w:val="002D486F"/>
+    <w:rsid w:val="002D5EF7"/>
+    <w:rsid w:val="002D6A9C"/>
+    <w:rsid w:val="002D6DF5"/>
+    <w:rsid w:val="002D7060"/>
+    <w:rsid w:val="002D71C6"/>
+    <w:rsid w:val="002D7FDE"/>
+    <w:rsid w:val="002E0189"/>
+    <w:rsid w:val="002E0BA8"/>
+    <w:rsid w:val="002E3367"/>
+    <w:rsid w:val="002E4429"/>
+    <w:rsid w:val="002E4509"/>
+    <w:rsid w:val="002E6171"/>
+    <w:rsid w:val="002E713A"/>
+    <w:rsid w:val="002E7289"/>
+    <w:rsid w:val="002E76D0"/>
+    <w:rsid w:val="002E7859"/>
+    <w:rsid w:val="002F0710"/>
+    <w:rsid w:val="002F0BCF"/>
+    <w:rsid w:val="002F3BE6"/>
+    <w:rsid w:val="002F4CC2"/>
+    <w:rsid w:val="002F6D4E"/>
+    <w:rsid w:val="002F6ED9"/>
+    <w:rsid w:val="002F75D2"/>
+    <w:rsid w:val="002F7F97"/>
+    <w:rsid w:val="002F7FBA"/>
+    <w:rsid w:val="00303BBF"/>
+    <w:rsid w:val="00304F57"/>
+    <w:rsid w:val="003055B0"/>
+    <w:rsid w:val="00305DD3"/>
+    <w:rsid w:val="0031063D"/>
+    <w:rsid w:val="0031074E"/>
+    <w:rsid w:val="00312712"/>
+    <w:rsid w:val="003127D0"/>
+    <w:rsid w:val="003139B2"/>
+    <w:rsid w:val="00313AC4"/>
+    <w:rsid w:val="0031412C"/>
+    <w:rsid w:val="0031424F"/>
+    <w:rsid w:val="00314FFA"/>
+    <w:rsid w:val="003155EC"/>
+    <w:rsid w:val="003155FD"/>
+    <w:rsid w:val="003160A7"/>
+    <w:rsid w:val="00316BA6"/>
+    <w:rsid w:val="00316D9A"/>
+    <w:rsid w:val="00317736"/>
+    <w:rsid w:val="0031791C"/>
+    <w:rsid w:val="00320776"/>
+    <w:rsid w:val="00322E68"/>
+    <w:rsid w:val="00323EEE"/>
+    <w:rsid w:val="00323FB2"/>
+    <w:rsid w:val="0032518D"/>
+    <w:rsid w:val="00325E56"/>
+    <w:rsid w:val="00325F1D"/>
+    <w:rsid w:val="00327215"/>
+    <w:rsid w:val="003317A3"/>
+    <w:rsid w:val="003339DB"/>
+    <w:rsid w:val="003343F7"/>
+    <w:rsid w:val="00335E46"/>
+    <w:rsid w:val="00337693"/>
+    <w:rsid w:val="00340808"/>
+    <w:rsid w:val="0034187D"/>
+    <w:rsid w:val="003418CD"/>
+    <w:rsid w:val="0034254D"/>
+    <w:rsid w:val="0034402F"/>
+    <w:rsid w:val="00344F2F"/>
+    <w:rsid w:val="00344F42"/>
+    <w:rsid w:val="003457DE"/>
+    <w:rsid w:val="003459C2"/>
+    <w:rsid w:val="00345FF0"/>
+    <w:rsid w:val="00346306"/>
+    <w:rsid w:val="00347208"/>
+    <w:rsid w:val="00347D4E"/>
+    <w:rsid w:val="00351386"/>
+    <w:rsid w:val="00353B73"/>
+    <w:rsid w:val="00353C26"/>
+    <w:rsid w:val="00353D85"/>
+    <w:rsid w:val="00354E3D"/>
+    <w:rsid w:val="00355167"/>
+    <w:rsid w:val="003558D9"/>
+    <w:rsid w:val="00355996"/>
+    <w:rsid w:val="003565E8"/>
+    <w:rsid w:val="00360897"/>
+    <w:rsid w:val="00360C24"/>
+    <w:rsid w:val="003619DD"/>
+    <w:rsid w:val="00361A35"/>
+    <w:rsid w:val="003623B8"/>
+    <w:rsid w:val="0036250C"/>
+    <w:rsid w:val="00363AF7"/>
+    <w:rsid w:val="00364329"/>
+    <w:rsid w:val="003656B8"/>
+    <w:rsid w:val="00366017"/>
+    <w:rsid w:val="003669F0"/>
+    <w:rsid w:val="0036705D"/>
+    <w:rsid w:val="00367317"/>
+    <w:rsid w:val="00367C9B"/>
+    <w:rsid w:val="00367E52"/>
+    <w:rsid w:val="00371D63"/>
+    <w:rsid w:val="003721A3"/>
+    <w:rsid w:val="00376CD6"/>
+    <w:rsid w:val="00380A11"/>
+    <w:rsid w:val="0038123C"/>
+    <w:rsid w:val="00381C49"/>
+    <w:rsid w:val="00381DD4"/>
+    <w:rsid w:val="00382B29"/>
+    <w:rsid w:val="00385CDE"/>
+    <w:rsid w:val="003902A0"/>
+    <w:rsid w:val="003906DA"/>
+    <w:rsid w:val="00391BA8"/>
+    <w:rsid w:val="0039305A"/>
+    <w:rsid w:val="00393AA9"/>
+    <w:rsid w:val="003946DB"/>
+    <w:rsid w:val="00395F8A"/>
+    <w:rsid w:val="003962E8"/>
+    <w:rsid w:val="00396469"/>
+    <w:rsid w:val="003971AA"/>
+    <w:rsid w:val="00397209"/>
+    <w:rsid w:val="00397249"/>
+    <w:rsid w:val="003973E4"/>
+    <w:rsid w:val="00397FD5"/>
+    <w:rsid w:val="003A000E"/>
+    <w:rsid w:val="003A05DB"/>
+    <w:rsid w:val="003A0C41"/>
+    <w:rsid w:val="003A14C5"/>
+    <w:rsid w:val="003A2B42"/>
+    <w:rsid w:val="003A2BBA"/>
+    <w:rsid w:val="003A40CD"/>
+    <w:rsid w:val="003A4C38"/>
+    <w:rsid w:val="003A5B9A"/>
+    <w:rsid w:val="003A7AA8"/>
+    <w:rsid w:val="003A7F42"/>
+    <w:rsid w:val="003B0B87"/>
+    <w:rsid w:val="003B353A"/>
+    <w:rsid w:val="003B38AE"/>
+    <w:rsid w:val="003B3B25"/>
+    <w:rsid w:val="003B3B3C"/>
+    <w:rsid w:val="003B49A4"/>
+    <w:rsid w:val="003B6290"/>
+    <w:rsid w:val="003C039C"/>
+    <w:rsid w:val="003C1764"/>
+    <w:rsid w:val="003C22E8"/>
+    <w:rsid w:val="003C2F6F"/>
+    <w:rsid w:val="003C3226"/>
+    <w:rsid w:val="003C3FF1"/>
+    <w:rsid w:val="003C440D"/>
+    <w:rsid w:val="003C66A7"/>
+    <w:rsid w:val="003C6DCE"/>
+    <w:rsid w:val="003C719C"/>
+    <w:rsid w:val="003C77E5"/>
+    <w:rsid w:val="003C7DF5"/>
+    <w:rsid w:val="003D54E5"/>
+    <w:rsid w:val="003D5723"/>
+    <w:rsid w:val="003D57C9"/>
+    <w:rsid w:val="003D6DB2"/>
+    <w:rsid w:val="003D6FAA"/>
+    <w:rsid w:val="003D706D"/>
+    <w:rsid w:val="003D75E5"/>
+    <w:rsid w:val="003E0C15"/>
+    <w:rsid w:val="003E226B"/>
+    <w:rsid w:val="003E25AE"/>
+    <w:rsid w:val="003E29E5"/>
+    <w:rsid w:val="003E4426"/>
+    <w:rsid w:val="003E4610"/>
+    <w:rsid w:val="003E5254"/>
+    <w:rsid w:val="003E5EEA"/>
+    <w:rsid w:val="003E6231"/>
+    <w:rsid w:val="003E6E8E"/>
+    <w:rsid w:val="003E7022"/>
+    <w:rsid w:val="003E7198"/>
+    <w:rsid w:val="003F1484"/>
+    <w:rsid w:val="003F1C09"/>
+    <w:rsid w:val="003F2410"/>
+    <w:rsid w:val="003F248C"/>
+    <w:rsid w:val="003F2733"/>
+    <w:rsid w:val="003F27E7"/>
+    <w:rsid w:val="003F2F6B"/>
+    <w:rsid w:val="003F30EB"/>
+    <w:rsid w:val="003F321A"/>
+    <w:rsid w:val="003F340E"/>
+    <w:rsid w:val="003F4BB3"/>
+    <w:rsid w:val="003F5A62"/>
+    <w:rsid w:val="003F60F7"/>
+    <w:rsid w:val="003F713D"/>
+    <w:rsid w:val="003F7210"/>
+    <w:rsid w:val="004002BD"/>
+    <w:rsid w:val="0040058E"/>
+    <w:rsid w:val="0040074B"/>
+    <w:rsid w:val="0040082A"/>
+    <w:rsid w:val="00401328"/>
+    <w:rsid w:val="0040167D"/>
+    <w:rsid w:val="00401EC7"/>
+    <w:rsid w:val="0040228D"/>
+    <w:rsid w:val="00403275"/>
+    <w:rsid w:val="00404162"/>
+    <w:rsid w:val="00404716"/>
+    <w:rsid w:val="00405D37"/>
+    <w:rsid w:val="004066E7"/>
+    <w:rsid w:val="00406C52"/>
+    <w:rsid w:val="00407019"/>
+    <w:rsid w:val="00407028"/>
+    <w:rsid w:val="004102C7"/>
+    <w:rsid w:val="0041131B"/>
+    <w:rsid w:val="004117E4"/>
+    <w:rsid w:val="00411944"/>
+    <w:rsid w:val="00411C32"/>
+    <w:rsid w:val="00412A1C"/>
+    <w:rsid w:val="00413381"/>
+    <w:rsid w:val="00413BE0"/>
+    <w:rsid w:val="00414B6D"/>
+    <w:rsid w:val="004175A1"/>
+    <w:rsid w:val="00417928"/>
+    <w:rsid w:val="004204BE"/>
+    <w:rsid w:val="00420DC7"/>
+    <w:rsid w:val="00422252"/>
+    <w:rsid w:val="0042279A"/>
+    <w:rsid w:val="00422CEA"/>
+    <w:rsid w:val="00423DD3"/>
+    <w:rsid w:val="00427251"/>
+    <w:rsid w:val="00430EEC"/>
+    <w:rsid w:val="00431651"/>
+    <w:rsid w:val="00432409"/>
+    <w:rsid w:val="004328FC"/>
+    <w:rsid w:val="00432A88"/>
+    <w:rsid w:val="0043360B"/>
+    <w:rsid w:val="00434C86"/>
+    <w:rsid w:val="00435775"/>
+    <w:rsid w:val="00436E63"/>
+    <w:rsid w:val="004377B7"/>
+    <w:rsid w:val="00440DDA"/>
+    <w:rsid w:val="0044105F"/>
+    <w:rsid w:val="004414D7"/>
+    <w:rsid w:val="004416FB"/>
+    <w:rsid w:val="0044215A"/>
+    <w:rsid w:val="00442A9F"/>
+    <w:rsid w:val="0044391D"/>
+    <w:rsid w:val="004439ED"/>
+    <w:rsid w:val="00445DA4"/>
+    <w:rsid w:val="00445F53"/>
+    <w:rsid w:val="00446976"/>
+    <w:rsid w:val="00447E6E"/>
+    <w:rsid w:val="00447FFC"/>
+    <w:rsid w:val="004501FA"/>
+    <w:rsid w:val="00450C03"/>
+    <w:rsid w:val="00450EC4"/>
+    <w:rsid w:val="004510A2"/>
+    <w:rsid w:val="0045264D"/>
+    <w:rsid w:val="00452CF0"/>
+    <w:rsid w:val="004530AA"/>
+    <w:rsid w:val="00453203"/>
+    <w:rsid w:val="00453D6D"/>
+    <w:rsid w:val="004566A0"/>
+    <w:rsid w:val="0045799A"/>
+    <w:rsid w:val="00457EA1"/>
+    <w:rsid w:val="004607C4"/>
+    <w:rsid w:val="00460E38"/>
+    <w:rsid w:val="004617D7"/>
+    <w:rsid w:val="004624E1"/>
+    <w:rsid w:val="00463D47"/>
+    <w:rsid w:val="00463FF0"/>
+    <w:rsid w:val="00464924"/>
+    <w:rsid w:val="0046740C"/>
+    <w:rsid w:val="00467E85"/>
+    <w:rsid w:val="004710C5"/>
+    <w:rsid w:val="00471262"/>
+    <w:rsid w:val="0047129D"/>
+    <w:rsid w:val="004718F2"/>
+    <w:rsid w:val="00472113"/>
+    <w:rsid w:val="004727F1"/>
+    <w:rsid w:val="0047325E"/>
+    <w:rsid w:val="0047404E"/>
+    <w:rsid w:val="0047435F"/>
+    <w:rsid w:val="00474881"/>
+    <w:rsid w:val="00474D27"/>
+    <w:rsid w:val="0047672F"/>
+    <w:rsid w:val="0047700A"/>
+    <w:rsid w:val="0047732E"/>
+    <w:rsid w:val="0048126D"/>
+    <w:rsid w:val="004815D3"/>
+    <w:rsid w:val="00481A11"/>
+    <w:rsid w:val="004829F1"/>
+    <w:rsid w:val="004850DE"/>
+    <w:rsid w:val="00485DB6"/>
+    <w:rsid w:val="00487269"/>
+    <w:rsid w:val="00487A2F"/>
+    <w:rsid w:val="00487CF3"/>
+    <w:rsid w:val="00491195"/>
+    <w:rsid w:val="0049158D"/>
+    <w:rsid w:val="00493548"/>
+    <w:rsid w:val="004937A2"/>
+    <w:rsid w:val="004943F4"/>
+    <w:rsid w:val="00495365"/>
+    <w:rsid w:val="00495679"/>
+    <w:rsid w:val="00496A14"/>
+    <w:rsid w:val="004A37FD"/>
+    <w:rsid w:val="004A3ABE"/>
+    <w:rsid w:val="004A3E33"/>
+    <w:rsid w:val="004A5F92"/>
+    <w:rsid w:val="004A68BD"/>
+    <w:rsid w:val="004A68F2"/>
+    <w:rsid w:val="004A6EC5"/>
+    <w:rsid w:val="004A6F25"/>
+    <w:rsid w:val="004A705F"/>
+    <w:rsid w:val="004A79A4"/>
+    <w:rsid w:val="004B1BE9"/>
+    <w:rsid w:val="004B277B"/>
+    <w:rsid w:val="004B33F7"/>
+    <w:rsid w:val="004B56EF"/>
+    <w:rsid w:val="004B6F86"/>
+    <w:rsid w:val="004B73CD"/>
+    <w:rsid w:val="004C01AD"/>
+    <w:rsid w:val="004C0AA7"/>
+    <w:rsid w:val="004C0E0C"/>
+    <w:rsid w:val="004C0EC8"/>
+    <w:rsid w:val="004C1370"/>
+    <w:rsid w:val="004C2910"/>
+    <w:rsid w:val="004C3056"/>
+    <w:rsid w:val="004C40FD"/>
+    <w:rsid w:val="004C41B2"/>
+    <w:rsid w:val="004C4728"/>
+    <w:rsid w:val="004C4D1C"/>
+    <w:rsid w:val="004C4E28"/>
+    <w:rsid w:val="004C5147"/>
+    <w:rsid w:val="004C683E"/>
+    <w:rsid w:val="004C754E"/>
+    <w:rsid w:val="004C7DBB"/>
+    <w:rsid w:val="004D03AB"/>
+    <w:rsid w:val="004D0F83"/>
+    <w:rsid w:val="004D5020"/>
+    <w:rsid w:val="004D5137"/>
+    <w:rsid w:val="004D7A29"/>
+    <w:rsid w:val="004E0D63"/>
+    <w:rsid w:val="004E247A"/>
+    <w:rsid w:val="004E4C6C"/>
+    <w:rsid w:val="004E4D88"/>
+    <w:rsid w:val="004E4E0A"/>
+    <w:rsid w:val="004E4E26"/>
+    <w:rsid w:val="004E5062"/>
+    <w:rsid w:val="004E6444"/>
+    <w:rsid w:val="004E721F"/>
+    <w:rsid w:val="004E7D02"/>
+    <w:rsid w:val="004F132A"/>
+    <w:rsid w:val="004F18E5"/>
+    <w:rsid w:val="004F27FB"/>
+    <w:rsid w:val="0050219A"/>
+    <w:rsid w:val="00502A29"/>
+    <w:rsid w:val="00502BCF"/>
+    <w:rsid w:val="005037E2"/>
+    <w:rsid w:val="00503901"/>
+    <w:rsid w:val="00503AA6"/>
+    <w:rsid w:val="00504B78"/>
+    <w:rsid w:val="00506016"/>
+    <w:rsid w:val="005077C0"/>
+    <w:rsid w:val="00510E08"/>
+    <w:rsid w:val="00514234"/>
+    <w:rsid w:val="005142B6"/>
+    <w:rsid w:val="00514C97"/>
+    <w:rsid w:val="00515B47"/>
+    <w:rsid w:val="00515B9A"/>
+    <w:rsid w:val="00515E13"/>
+    <w:rsid w:val="00515F22"/>
+    <w:rsid w:val="00515F6D"/>
+    <w:rsid w:val="00516C2B"/>
+    <w:rsid w:val="00517059"/>
+    <w:rsid w:val="00517F25"/>
+    <w:rsid w:val="00520272"/>
+    <w:rsid w:val="00520E04"/>
+    <w:rsid w:val="00521743"/>
+    <w:rsid w:val="00521E1C"/>
+    <w:rsid w:val="005220FD"/>
+    <w:rsid w:val="00522156"/>
+    <w:rsid w:val="0052311A"/>
+    <w:rsid w:val="0052318B"/>
+    <w:rsid w:val="005235BE"/>
+    <w:rsid w:val="00523671"/>
+    <w:rsid w:val="00523A00"/>
+    <w:rsid w:val="00524D51"/>
+    <w:rsid w:val="00524E86"/>
+    <w:rsid w:val="0052539C"/>
+    <w:rsid w:val="005263D2"/>
+    <w:rsid w:val="00530D69"/>
+    <w:rsid w:val="00531E22"/>
+    <w:rsid w:val="00533242"/>
+    <w:rsid w:val="00534224"/>
+    <w:rsid w:val="00534452"/>
+    <w:rsid w:val="005344AA"/>
+    <w:rsid w:val="00535086"/>
+    <w:rsid w:val="00535BC3"/>
+    <w:rsid w:val="00536439"/>
+    <w:rsid w:val="00540140"/>
+    <w:rsid w:val="00540BFE"/>
+    <w:rsid w:val="00542546"/>
+    <w:rsid w:val="005426DC"/>
+    <w:rsid w:val="00542B38"/>
+    <w:rsid w:val="00542D53"/>
+    <w:rsid w:val="005445C0"/>
+    <w:rsid w:val="00544C42"/>
+    <w:rsid w:val="00547150"/>
+    <w:rsid w:val="0054760C"/>
+    <w:rsid w:val="00550244"/>
+    <w:rsid w:val="00550387"/>
+    <w:rsid w:val="00551322"/>
+    <w:rsid w:val="0055161E"/>
+    <w:rsid w:val="00551C1D"/>
+    <w:rsid w:val="00552507"/>
+    <w:rsid w:val="005533F2"/>
+    <w:rsid w:val="00553E29"/>
+    <w:rsid w:val="0055423B"/>
+    <w:rsid w:val="00554D1F"/>
+    <w:rsid w:val="0055505E"/>
+    <w:rsid w:val="005551A6"/>
+    <w:rsid w:val="00555A3A"/>
+    <w:rsid w:val="00555B43"/>
+    <w:rsid w:val="00555C63"/>
+    <w:rsid w:val="00557FEE"/>
+    <w:rsid w:val="00560721"/>
+    <w:rsid w:val="00560BAD"/>
+    <w:rsid w:val="0056121D"/>
+    <w:rsid w:val="00561551"/>
+    <w:rsid w:val="005625DF"/>
+    <w:rsid w:val="00563A90"/>
+    <w:rsid w:val="005641AD"/>
+    <w:rsid w:val="005641C2"/>
+    <w:rsid w:val="00564538"/>
+    <w:rsid w:val="0056481D"/>
+    <w:rsid w:val="00565490"/>
+    <w:rsid w:val="00565E67"/>
+    <w:rsid w:val="00565F11"/>
+    <w:rsid w:val="00566215"/>
+    <w:rsid w:val="005668A6"/>
+    <w:rsid w:val="005668FB"/>
+    <w:rsid w:val="00570FD5"/>
+    <w:rsid w:val="005726CF"/>
+    <w:rsid w:val="00572ABF"/>
+    <w:rsid w:val="00573D8D"/>
+    <w:rsid w:val="0057526A"/>
+    <w:rsid w:val="00575584"/>
+    <w:rsid w:val="00575F72"/>
+    <w:rsid w:val="005765FA"/>
+    <w:rsid w:val="00580F86"/>
+    <w:rsid w:val="005822D9"/>
+    <w:rsid w:val="00582502"/>
+    <w:rsid w:val="00582764"/>
+    <w:rsid w:val="00583442"/>
+    <w:rsid w:val="005841AB"/>
+    <w:rsid w:val="00585F53"/>
+    <w:rsid w:val="005869B3"/>
+    <w:rsid w:val="00586F1B"/>
+    <w:rsid w:val="005905F1"/>
+    <w:rsid w:val="00590A85"/>
+    <w:rsid w:val="0059209B"/>
+    <w:rsid w:val="00592377"/>
+    <w:rsid w:val="00594A18"/>
+    <w:rsid w:val="00596EFD"/>
+    <w:rsid w:val="00597E1E"/>
+    <w:rsid w:val="005A0131"/>
+    <w:rsid w:val="005A086D"/>
+    <w:rsid w:val="005A1291"/>
+    <w:rsid w:val="005A1BB0"/>
+    <w:rsid w:val="005A1DD7"/>
+    <w:rsid w:val="005A27C3"/>
+    <w:rsid w:val="005A48AE"/>
+    <w:rsid w:val="005A49FC"/>
+    <w:rsid w:val="005A4DDB"/>
+    <w:rsid w:val="005A64F6"/>
+    <w:rsid w:val="005A780C"/>
+    <w:rsid w:val="005A7D50"/>
+    <w:rsid w:val="005B102C"/>
+    <w:rsid w:val="005B4033"/>
+    <w:rsid w:val="005B44EC"/>
+    <w:rsid w:val="005B4829"/>
+    <w:rsid w:val="005B4DF8"/>
+    <w:rsid w:val="005C01F4"/>
+    <w:rsid w:val="005C02EC"/>
+    <w:rsid w:val="005C2161"/>
+    <w:rsid w:val="005C2240"/>
+    <w:rsid w:val="005C2D10"/>
+    <w:rsid w:val="005C3CAF"/>
+    <w:rsid w:val="005C5484"/>
+    <w:rsid w:val="005C56B7"/>
+    <w:rsid w:val="005C5A6E"/>
+    <w:rsid w:val="005C5EAA"/>
+    <w:rsid w:val="005C6C80"/>
+    <w:rsid w:val="005C72DB"/>
+    <w:rsid w:val="005C78CF"/>
+    <w:rsid w:val="005D00E5"/>
+    <w:rsid w:val="005D0A71"/>
+    <w:rsid w:val="005D1B7B"/>
+    <w:rsid w:val="005D294F"/>
+    <w:rsid w:val="005D2D67"/>
+    <w:rsid w:val="005D3253"/>
+    <w:rsid w:val="005D376A"/>
+    <w:rsid w:val="005D385F"/>
+    <w:rsid w:val="005D4F81"/>
+    <w:rsid w:val="005D5AAC"/>
+    <w:rsid w:val="005D612A"/>
+    <w:rsid w:val="005D690C"/>
+    <w:rsid w:val="005D6D15"/>
+    <w:rsid w:val="005D751F"/>
+    <w:rsid w:val="005D7A5B"/>
+    <w:rsid w:val="005D7AED"/>
+    <w:rsid w:val="005E049D"/>
+    <w:rsid w:val="005E0AB9"/>
+    <w:rsid w:val="005E2128"/>
+    <w:rsid w:val="005E3EB5"/>
+    <w:rsid w:val="005E4534"/>
+    <w:rsid w:val="005E5CC4"/>
+    <w:rsid w:val="005E65BA"/>
+    <w:rsid w:val="005E66A6"/>
+    <w:rsid w:val="005E6A1A"/>
+    <w:rsid w:val="005E6B08"/>
+    <w:rsid w:val="005E6B98"/>
+    <w:rsid w:val="005E6D1C"/>
+    <w:rsid w:val="005E70EA"/>
+    <w:rsid w:val="005E7887"/>
+    <w:rsid w:val="005E79D5"/>
+    <w:rsid w:val="005E7AA2"/>
+    <w:rsid w:val="005F0909"/>
+    <w:rsid w:val="005F11EB"/>
+    <w:rsid w:val="005F16EC"/>
+    <w:rsid w:val="005F292B"/>
+    <w:rsid w:val="005F2DD1"/>
+    <w:rsid w:val="005F2EE6"/>
+    <w:rsid w:val="005F40C9"/>
+    <w:rsid w:val="005F43F5"/>
+    <w:rsid w:val="005F4586"/>
+    <w:rsid w:val="005F4703"/>
+    <w:rsid w:val="0060196A"/>
+    <w:rsid w:val="0060232D"/>
+    <w:rsid w:val="0060579E"/>
+    <w:rsid w:val="00606FDD"/>
+    <w:rsid w:val="0060743F"/>
+    <w:rsid w:val="00607829"/>
+    <w:rsid w:val="0061196F"/>
+    <w:rsid w:val="00611A8D"/>
+    <w:rsid w:val="0061398E"/>
+    <w:rsid w:val="0061451A"/>
+    <w:rsid w:val="00614926"/>
+    <w:rsid w:val="00614992"/>
+    <w:rsid w:val="00615041"/>
+    <w:rsid w:val="0061511F"/>
+    <w:rsid w:val="00615F00"/>
+    <w:rsid w:val="0061613A"/>
+    <w:rsid w:val="0061714F"/>
+    <w:rsid w:val="006174C0"/>
+    <w:rsid w:val="0061794B"/>
+    <w:rsid w:val="00617BC9"/>
+    <w:rsid w:val="0062018A"/>
+    <w:rsid w:val="00620C22"/>
+    <w:rsid w:val="006212E0"/>
+    <w:rsid w:val="0062174E"/>
+    <w:rsid w:val="00623C5D"/>
+    <w:rsid w:val="0062417D"/>
+    <w:rsid w:val="00624B30"/>
+    <w:rsid w:val="00624C6E"/>
+    <w:rsid w:val="00624E0E"/>
+    <w:rsid w:val="0062528C"/>
+    <w:rsid w:val="00625C1B"/>
+    <w:rsid w:val="0062615E"/>
+    <w:rsid w:val="006268BF"/>
+    <w:rsid w:val="00630EE6"/>
+    <w:rsid w:val="00633603"/>
+    <w:rsid w:val="00633947"/>
+    <w:rsid w:val="00633A6E"/>
+    <w:rsid w:val="00633E1B"/>
+    <w:rsid w:val="00634C96"/>
+    <w:rsid w:val="0063645B"/>
+    <w:rsid w:val="00636728"/>
+    <w:rsid w:val="0063678B"/>
+    <w:rsid w:val="00636962"/>
+    <w:rsid w:val="00636AF5"/>
+    <w:rsid w:val="00637104"/>
+    <w:rsid w:val="00637397"/>
+    <w:rsid w:val="00641AB3"/>
+    <w:rsid w:val="00642CC2"/>
+    <w:rsid w:val="00643C68"/>
+    <w:rsid w:val="006445FE"/>
+    <w:rsid w:val="00644667"/>
+    <w:rsid w:val="00645A49"/>
+    <w:rsid w:val="006461BC"/>
+    <w:rsid w:val="00647D9D"/>
+    <w:rsid w:val="00650105"/>
+    <w:rsid w:val="00650350"/>
+    <w:rsid w:val="00650358"/>
+    <w:rsid w:val="00651429"/>
+    <w:rsid w:val="0065160A"/>
+    <w:rsid w:val="006518F7"/>
+    <w:rsid w:val="0065236A"/>
+    <w:rsid w:val="006527DD"/>
+    <w:rsid w:val="00653BC4"/>
+    <w:rsid w:val="0065443E"/>
+    <w:rsid w:val="0065506D"/>
+    <w:rsid w:val="0065584C"/>
+    <w:rsid w:val="00657BCD"/>
+    <w:rsid w:val="00657C51"/>
+    <w:rsid w:val="006605F3"/>
+    <w:rsid w:val="0066086E"/>
+    <w:rsid w:val="006619BF"/>
+    <w:rsid w:val="00661B9F"/>
+    <w:rsid w:val="00663A80"/>
+    <w:rsid w:val="00664855"/>
+    <w:rsid w:val="00664AF9"/>
+    <w:rsid w:val="00664CF7"/>
+    <w:rsid w:val="006655AE"/>
+    <w:rsid w:val="00666882"/>
+    <w:rsid w:val="0066733B"/>
+    <w:rsid w:val="00667674"/>
+    <w:rsid w:val="0066770C"/>
+    <w:rsid w:val="00670A8B"/>
+    <w:rsid w:val="00670C26"/>
+    <w:rsid w:val="0067233B"/>
+    <w:rsid w:val="00672709"/>
+    <w:rsid w:val="00672787"/>
+    <w:rsid w:val="00674BFD"/>
+    <w:rsid w:val="006751FA"/>
+    <w:rsid w:val="00675297"/>
+    <w:rsid w:val="006756E8"/>
+    <w:rsid w:val="00675D69"/>
+    <w:rsid w:val="006761C3"/>
+    <w:rsid w:val="006768E4"/>
+    <w:rsid w:val="00677473"/>
+    <w:rsid w:val="00680089"/>
+    <w:rsid w:val="0068015C"/>
+    <w:rsid w:val="00680443"/>
+    <w:rsid w:val="00680706"/>
+    <w:rsid w:val="00680980"/>
+    <w:rsid w:val="00682A9B"/>
+    <w:rsid w:val="0068348B"/>
+    <w:rsid w:val="00683B8A"/>
+    <w:rsid w:val="00686820"/>
+    <w:rsid w:val="00686B4E"/>
+    <w:rsid w:val="00690D68"/>
+    <w:rsid w:val="006914AE"/>
+    <w:rsid w:val="00691C37"/>
+    <w:rsid w:val="00691E04"/>
+    <w:rsid w:val="00691E31"/>
+    <w:rsid w:val="006928A6"/>
+    <w:rsid w:val="00692B7D"/>
+    <w:rsid w:val="00693756"/>
+    <w:rsid w:val="00694259"/>
+    <w:rsid w:val="00695D82"/>
+    <w:rsid w:val="0069768F"/>
+    <w:rsid w:val="006979C4"/>
+    <w:rsid w:val="006A0AB1"/>
+    <w:rsid w:val="006A1B5D"/>
+    <w:rsid w:val="006A2695"/>
+    <w:rsid w:val="006A33B3"/>
+    <w:rsid w:val="006A3FB6"/>
+    <w:rsid w:val="006A48A9"/>
+    <w:rsid w:val="006A4FF5"/>
+    <w:rsid w:val="006A58FA"/>
+    <w:rsid w:val="006A63B3"/>
+    <w:rsid w:val="006A646F"/>
+    <w:rsid w:val="006A69FA"/>
+    <w:rsid w:val="006A79C5"/>
+    <w:rsid w:val="006B117F"/>
+    <w:rsid w:val="006B121D"/>
+    <w:rsid w:val="006B1ACA"/>
+    <w:rsid w:val="006B35D5"/>
+    <w:rsid w:val="006B3721"/>
+    <w:rsid w:val="006B3D59"/>
+    <w:rsid w:val="006B5C4B"/>
+    <w:rsid w:val="006C0FF7"/>
+    <w:rsid w:val="006C13AE"/>
+    <w:rsid w:val="006C1979"/>
+    <w:rsid w:val="006C267B"/>
+    <w:rsid w:val="006C3805"/>
+    <w:rsid w:val="006C4967"/>
+    <w:rsid w:val="006C521B"/>
+    <w:rsid w:val="006C5E7E"/>
+    <w:rsid w:val="006D0276"/>
+    <w:rsid w:val="006D08EF"/>
+    <w:rsid w:val="006D1069"/>
+    <w:rsid w:val="006D27DC"/>
+    <w:rsid w:val="006D6411"/>
+    <w:rsid w:val="006D783D"/>
+    <w:rsid w:val="006E067B"/>
+    <w:rsid w:val="006E0B63"/>
+    <w:rsid w:val="006E109D"/>
+    <w:rsid w:val="006E2997"/>
+    <w:rsid w:val="006E3231"/>
+    <w:rsid w:val="006E3A44"/>
+    <w:rsid w:val="006E3F66"/>
+    <w:rsid w:val="006E5517"/>
+    <w:rsid w:val="006E7B83"/>
+    <w:rsid w:val="006E7D58"/>
+    <w:rsid w:val="006F24FD"/>
+    <w:rsid w:val="006F2596"/>
+    <w:rsid w:val="006F2EEA"/>
+    <w:rsid w:val="006F31C8"/>
+    <w:rsid w:val="006F4326"/>
+    <w:rsid w:val="006F50D0"/>
+    <w:rsid w:val="006F5C81"/>
+    <w:rsid w:val="006F66DE"/>
+    <w:rsid w:val="006F6A15"/>
+    <w:rsid w:val="006F7897"/>
+    <w:rsid w:val="0070069D"/>
+    <w:rsid w:val="00701DED"/>
+    <w:rsid w:val="00702ABB"/>
+    <w:rsid w:val="007039D4"/>
+    <w:rsid w:val="0070493D"/>
+    <w:rsid w:val="00705A3C"/>
+    <w:rsid w:val="007066E9"/>
+    <w:rsid w:val="00706A79"/>
+    <w:rsid w:val="00706CF7"/>
+    <w:rsid w:val="00707AC1"/>
+    <w:rsid w:val="00710447"/>
+    <w:rsid w:val="007107E4"/>
+    <w:rsid w:val="00711239"/>
+    <w:rsid w:val="00711700"/>
+    <w:rsid w:val="00712928"/>
+    <w:rsid w:val="0071373C"/>
+    <w:rsid w:val="0071435A"/>
+    <w:rsid w:val="00714619"/>
+    <w:rsid w:val="00715FE7"/>
+    <w:rsid w:val="0071614A"/>
+    <w:rsid w:val="007166E1"/>
+    <w:rsid w:val="00716FC3"/>
+    <w:rsid w:val="00720732"/>
+    <w:rsid w:val="00720C16"/>
+    <w:rsid w:val="007224B1"/>
+    <w:rsid w:val="00722B1F"/>
+    <w:rsid w:val="00722D62"/>
+    <w:rsid w:val="00722FC4"/>
+    <w:rsid w:val="007231B6"/>
+    <w:rsid w:val="0072373D"/>
+    <w:rsid w:val="00724139"/>
+    <w:rsid w:val="00724264"/>
+    <w:rsid w:val="00725C8A"/>
+    <w:rsid w:val="00727269"/>
+    <w:rsid w:val="0073385F"/>
+    <w:rsid w:val="00733947"/>
+    <w:rsid w:val="00734603"/>
+    <w:rsid w:val="0073498F"/>
+    <w:rsid w:val="00735320"/>
+    <w:rsid w:val="0073535B"/>
+    <w:rsid w:val="0073571C"/>
+    <w:rsid w:val="007363DC"/>
+    <w:rsid w:val="00736834"/>
+    <w:rsid w:val="007400BF"/>
+    <w:rsid w:val="00741903"/>
+    <w:rsid w:val="007419BB"/>
+    <w:rsid w:val="00742F8E"/>
+    <w:rsid w:val="0074329C"/>
+    <w:rsid w:val="00743763"/>
+    <w:rsid w:val="00743EE7"/>
+    <w:rsid w:val="00744095"/>
+    <w:rsid w:val="00751588"/>
+    <w:rsid w:val="00751DA2"/>
+    <w:rsid w:val="00753CEC"/>
+    <w:rsid w:val="00753DB5"/>
+    <w:rsid w:val="0075403D"/>
+    <w:rsid w:val="007547D4"/>
+    <w:rsid w:val="00754F4B"/>
+    <w:rsid w:val="007574D7"/>
+    <w:rsid w:val="007575FB"/>
+    <w:rsid w:val="00757710"/>
+    <w:rsid w:val="00757C23"/>
+    <w:rsid w:val="00760012"/>
+    <w:rsid w:val="00760778"/>
+    <w:rsid w:val="007609D6"/>
+    <w:rsid w:val="00761D57"/>
+    <w:rsid w:val="00762BF4"/>
+    <w:rsid w:val="00763521"/>
+    <w:rsid w:val="0076385F"/>
+    <w:rsid w:val="007639F9"/>
+    <w:rsid w:val="00763B51"/>
+    <w:rsid w:val="00764E36"/>
+    <w:rsid w:val="00765261"/>
+    <w:rsid w:val="00766146"/>
+    <w:rsid w:val="007662B7"/>
+    <w:rsid w:val="00766CBB"/>
+    <w:rsid w:val="0076740D"/>
+    <w:rsid w:val="00767A03"/>
+    <w:rsid w:val="00767F00"/>
+    <w:rsid w:val="00770289"/>
+    <w:rsid w:val="007711A8"/>
+    <w:rsid w:val="00772DF2"/>
+    <w:rsid w:val="0077305F"/>
+    <w:rsid w:val="0077363E"/>
+    <w:rsid w:val="0077507B"/>
+    <w:rsid w:val="00775D40"/>
+    <w:rsid w:val="007774EE"/>
+    <w:rsid w:val="007831EA"/>
+    <w:rsid w:val="007832C3"/>
+    <w:rsid w:val="007833C6"/>
+    <w:rsid w:val="00784CFF"/>
+    <w:rsid w:val="00785D10"/>
+    <w:rsid w:val="00786853"/>
+    <w:rsid w:val="00786C64"/>
+    <w:rsid w:val="007878A0"/>
+    <w:rsid w:val="00790436"/>
+    <w:rsid w:val="00791A7F"/>
+    <w:rsid w:val="00791DA7"/>
+    <w:rsid w:val="007928FE"/>
+    <w:rsid w:val="0079308E"/>
+    <w:rsid w:val="00794373"/>
+    <w:rsid w:val="007947F1"/>
+    <w:rsid w:val="00795B15"/>
+    <w:rsid w:val="0079633C"/>
+    <w:rsid w:val="007974AE"/>
+    <w:rsid w:val="007A0DD5"/>
+    <w:rsid w:val="007A22E5"/>
+    <w:rsid w:val="007A2367"/>
+    <w:rsid w:val="007A286A"/>
+    <w:rsid w:val="007A2B49"/>
+    <w:rsid w:val="007A39D8"/>
+    <w:rsid w:val="007A3A96"/>
+    <w:rsid w:val="007A5239"/>
+    <w:rsid w:val="007A536E"/>
+    <w:rsid w:val="007A5BBD"/>
+    <w:rsid w:val="007A631B"/>
+    <w:rsid w:val="007B06EE"/>
+    <w:rsid w:val="007B1298"/>
+    <w:rsid w:val="007B1F11"/>
+    <w:rsid w:val="007B216F"/>
+    <w:rsid w:val="007B25F0"/>
+    <w:rsid w:val="007B2D4E"/>
+    <w:rsid w:val="007B308D"/>
+    <w:rsid w:val="007B3487"/>
+    <w:rsid w:val="007B38F2"/>
+    <w:rsid w:val="007B46E8"/>
+    <w:rsid w:val="007B55A6"/>
+    <w:rsid w:val="007B5C43"/>
+    <w:rsid w:val="007C0DB5"/>
+    <w:rsid w:val="007C1350"/>
+    <w:rsid w:val="007C19B6"/>
+    <w:rsid w:val="007C1A9E"/>
+    <w:rsid w:val="007C1ECB"/>
+    <w:rsid w:val="007C2D2B"/>
+    <w:rsid w:val="007C2D6F"/>
+    <w:rsid w:val="007C3524"/>
+    <w:rsid w:val="007C4921"/>
+    <w:rsid w:val="007C51B9"/>
+    <w:rsid w:val="007C5F97"/>
+    <w:rsid w:val="007C6413"/>
+    <w:rsid w:val="007C6639"/>
+    <w:rsid w:val="007C6EE0"/>
+    <w:rsid w:val="007D1E7D"/>
+    <w:rsid w:val="007D295B"/>
+    <w:rsid w:val="007D2A60"/>
+    <w:rsid w:val="007D4325"/>
+    <w:rsid w:val="007D435D"/>
+    <w:rsid w:val="007D4F13"/>
+    <w:rsid w:val="007D5AAC"/>
+    <w:rsid w:val="007D6D4C"/>
+    <w:rsid w:val="007D6FCB"/>
+    <w:rsid w:val="007D7010"/>
+    <w:rsid w:val="007D7155"/>
+    <w:rsid w:val="007E0521"/>
+    <w:rsid w:val="007E21F7"/>
+    <w:rsid w:val="007E22D2"/>
+    <w:rsid w:val="007E2F46"/>
+    <w:rsid w:val="007E37A5"/>
+    <w:rsid w:val="007E4088"/>
+    <w:rsid w:val="007E5153"/>
+    <w:rsid w:val="007E5606"/>
+    <w:rsid w:val="007E667F"/>
+    <w:rsid w:val="007E77D4"/>
+    <w:rsid w:val="007E7AD4"/>
+    <w:rsid w:val="007F05F8"/>
+    <w:rsid w:val="007F0BF2"/>
+    <w:rsid w:val="007F1CC4"/>
+    <w:rsid w:val="007F22E5"/>
+    <w:rsid w:val="007F27B4"/>
+    <w:rsid w:val="007F310D"/>
+    <w:rsid w:val="007F32DC"/>
+    <w:rsid w:val="007F35F5"/>
+    <w:rsid w:val="007F3642"/>
+    <w:rsid w:val="007F3B04"/>
+    <w:rsid w:val="007F3E30"/>
+    <w:rsid w:val="007F530A"/>
+    <w:rsid w:val="007F533B"/>
+    <w:rsid w:val="007F5B40"/>
+    <w:rsid w:val="007F620C"/>
+    <w:rsid w:val="007F655C"/>
+    <w:rsid w:val="007F7776"/>
+    <w:rsid w:val="007F79E2"/>
+    <w:rsid w:val="007F7FE0"/>
+    <w:rsid w:val="0080126E"/>
+    <w:rsid w:val="00801BAF"/>
+    <w:rsid w:val="00804323"/>
+    <w:rsid w:val="00804329"/>
+    <w:rsid w:val="008045C9"/>
+    <w:rsid w:val="008058A2"/>
+    <w:rsid w:val="00805978"/>
+    <w:rsid w:val="00806AF7"/>
+    <w:rsid w:val="00806FA4"/>
+    <w:rsid w:val="008075FD"/>
+    <w:rsid w:val="00807788"/>
+    <w:rsid w:val="0081196D"/>
+    <w:rsid w:val="00811A31"/>
+    <w:rsid w:val="00811E7F"/>
+    <w:rsid w:val="0081303F"/>
+    <w:rsid w:val="008131F9"/>
+    <w:rsid w:val="008135F9"/>
+    <w:rsid w:val="0081422A"/>
+    <w:rsid w:val="00815086"/>
+    <w:rsid w:val="0081643D"/>
+    <w:rsid w:val="008167F1"/>
+    <w:rsid w:val="008170CD"/>
+    <w:rsid w:val="00817251"/>
+    <w:rsid w:val="00817299"/>
+    <w:rsid w:val="00820AF8"/>
+    <w:rsid w:val="008220E6"/>
+    <w:rsid w:val="00823204"/>
+    <w:rsid w:val="008233DB"/>
+    <w:rsid w:val="00823D60"/>
+    <w:rsid w:val="00823F29"/>
+    <w:rsid w:val="00825468"/>
+    <w:rsid w:val="0082692C"/>
+    <w:rsid w:val="00826DDB"/>
+    <w:rsid w:val="0082723E"/>
+    <w:rsid w:val="00827B0C"/>
+    <w:rsid w:val="00831CCA"/>
+    <w:rsid w:val="00832E19"/>
+    <w:rsid w:val="00832E54"/>
+    <w:rsid w:val="00832E9B"/>
+    <w:rsid w:val="00834311"/>
+    <w:rsid w:val="00834FAE"/>
+    <w:rsid w:val="00836072"/>
+    <w:rsid w:val="00836621"/>
+    <w:rsid w:val="00836E8C"/>
+    <w:rsid w:val="00837B3E"/>
+    <w:rsid w:val="008404F1"/>
+    <w:rsid w:val="00841058"/>
+    <w:rsid w:val="0084272A"/>
+    <w:rsid w:val="00842FDA"/>
+    <w:rsid w:val="008433CE"/>
+    <w:rsid w:val="00843A93"/>
+    <w:rsid w:val="00843CDE"/>
+    <w:rsid w:val="00844514"/>
+    <w:rsid w:val="0084525E"/>
+    <w:rsid w:val="00845445"/>
+    <w:rsid w:val="00846CFF"/>
+    <w:rsid w:val="00850D02"/>
+    <w:rsid w:val="00851218"/>
+    <w:rsid w:val="008530DA"/>
+    <w:rsid w:val="008531C5"/>
+    <w:rsid w:val="0085386B"/>
+    <w:rsid w:val="0085540E"/>
+    <w:rsid w:val="00855673"/>
+    <w:rsid w:val="00856249"/>
+    <w:rsid w:val="00856530"/>
+    <w:rsid w:val="00856946"/>
+    <w:rsid w:val="00857595"/>
+    <w:rsid w:val="00857863"/>
+    <w:rsid w:val="00860311"/>
+    <w:rsid w:val="00860C80"/>
+    <w:rsid w:val="00862A49"/>
+    <w:rsid w:val="008661EE"/>
+    <w:rsid w:val="00866A38"/>
+    <w:rsid w:val="00866BAD"/>
+    <w:rsid w:val="008671FE"/>
+    <w:rsid w:val="00867E14"/>
+    <w:rsid w:val="00871262"/>
+    <w:rsid w:val="00871402"/>
+    <w:rsid w:val="00872233"/>
+    <w:rsid w:val="0087257B"/>
+    <w:rsid w:val="00872ECD"/>
+    <w:rsid w:val="008735E5"/>
+    <w:rsid w:val="00873A1F"/>
+    <w:rsid w:val="008746F1"/>
+    <w:rsid w:val="00875FCD"/>
+    <w:rsid w:val="00881DB8"/>
+    <w:rsid w:val="008827B0"/>
+    <w:rsid w:val="00883861"/>
+    <w:rsid w:val="00883A66"/>
+    <w:rsid w:val="00884045"/>
+    <w:rsid w:val="00885D68"/>
+    <w:rsid w:val="00885DEE"/>
+    <w:rsid w:val="008879B3"/>
+    <w:rsid w:val="00887D29"/>
+    <w:rsid w:val="00890093"/>
+    <w:rsid w:val="00891B5E"/>
+    <w:rsid w:val="008938FF"/>
+    <w:rsid w:val="00893BD3"/>
+    <w:rsid w:val="00894699"/>
+    <w:rsid w:val="00895036"/>
+    <w:rsid w:val="00896023"/>
+    <w:rsid w:val="00896D6B"/>
+    <w:rsid w:val="00896E40"/>
+    <w:rsid w:val="00897727"/>
+    <w:rsid w:val="008A08EA"/>
+    <w:rsid w:val="008A1642"/>
+    <w:rsid w:val="008A317D"/>
+    <w:rsid w:val="008A40CA"/>
+    <w:rsid w:val="008A470F"/>
+    <w:rsid w:val="008A48F2"/>
+    <w:rsid w:val="008A553C"/>
+    <w:rsid w:val="008A59A0"/>
+    <w:rsid w:val="008A6144"/>
+    <w:rsid w:val="008A70DE"/>
+    <w:rsid w:val="008A7299"/>
+    <w:rsid w:val="008A7964"/>
+    <w:rsid w:val="008B0249"/>
+    <w:rsid w:val="008B1EEA"/>
+    <w:rsid w:val="008B222C"/>
+    <w:rsid w:val="008B3EEF"/>
+    <w:rsid w:val="008B510F"/>
+    <w:rsid w:val="008B669B"/>
+    <w:rsid w:val="008B6BCA"/>
+    <w:rsid w:val="008B726E"/>
+    <w:rsid w:val="008B7E33"/>
+    <w:rsid w:val="008C0476"/>
+    <w:rsid w:val="008C119E"/>
+    <w:rsid w:val="008C2020"/>
+    <w:rsid w:val="008C20CC"/>
+    <w:rsid w:val="008C220D"/>
+    <w:rsid w:val="008C2EA9"/>
+    <w:rsid w:val="008C4518"/>
+    <w:rsid w:val="008C4F8D"/>
+    <w:rsid w:val="008C6530"/>
+    <w:rsid w:val="008C7C2B"/>
+    <w:rsid w:val="008D1541"/>
+    <w:rsid w:val="008D26C3"/>
+    <w:rsid w:val="008D2B23"/>
+    <w:rsid w:val="008D2BFE"/>
+    <w:rsid w:val="008D33FC"/>
+    <w:rsid w:val="008D4045"/>
+    <w:rsid w:val="008D411D"/>
+    <w:rsid w:val="008D49FD"/>
+    <w:rsid w:val="008D4F2C"/>
+    <w:rsid w:val="008D58CE"/>
+    <w:rsid w:val="008D65E0"/>
+    <w:rsid w:val="008D6D2D"/>
+    <w:rsid w:val="008D6EF6"/>
+    <w:rsid w:val="008E013D"/>
+    <w:rsid w:val="008E0488"/>
+    <w:rsid w:val="008E1B9F"/>
+    <w:rsid w:val="008E39D7"/>
+    <w:rsid w:val="008E3C15"/>
+    <w:rsid w:val="008E48CF"/>
+    <w:rsid w:val="008E53D9"/>
+    <w:rsid w:val="008E5A12"/>
+    <w:rsid w:val="008E5EE0"/>
+    <w:rsid w:val="008E634D"/>
+    <w:rsid w:val="008E673A"/>
+    <w:rsid w:val="008E6E1A"/>
+    <w:rsid w:val="008E7E9F"/>
+    <w:rsid w:val="008F0C6E"/>
+    <w:rsid w:val="008F10CA"/>
+    <w:rsid w:val="008F14E3"/>
+    <w:rsid w:val="008F1F97"/>
+    <w:rsid w:val="008F32A5"/>
+    <w:rsid w:val="008F4166"/>
+    <w:rsid w:val="008F4948"/>
+    <w:rsid w:val="008F4B76"/>
+    <w:rsid w:val="008F4E81"/>
+    <w:rsid w:val="008F58F7"/>
+    <w:rsid w:val="0090061B"/>
+    <w:rsid w:val="00901B4B"/>
+    <w:rsid w:val="00901F48"/>
+    <w:rsid w:val="00903313"/>
+    <w:rsid w:val="009045B0"/>
+    <w:rsid w:val="009050CB"/>
+    <w:rsid w:val="0090524D"/>
+    <w:rsid w:val="0090546C"/>
+    <w:rsid w:val="00905F34"/>
+    <w:rsid w:val="0090669C"/>
+    <w:rsid w:val="00906942"/>
+    <w:rsid w:val="0090706C"/>
+    <w:rsid w:val="00907BBA"/>
+    <w:rsid w:val="009107B2"/>
+    <w:rsid w:val="009107FB"/>
+    <w:rsid w:val="00910A2C"/>
+    <w:rsid w:val="00910B4D"/>
+    <w:rsid w:val="00910E85"/>
+    <w:rsid w:val="00911000"/>
+    <w:rsid w:val="00911653"/>
+    <w:rsid w:val="00912610"/>
+    <w:rsid w:val="00913726"/>
+    <w:rsid w:val="00913FA6"/>
+    <w:rsid w:val="00914B26"/>
+    <w:rsid w:val="009157D1"/>
+    <w:rsid w:val="009161B3"/>
+    <w:rsid w:val="009168D4"/>
+    <w:rsid w:val="009169D5"/>
+    <w:rsid w:val="00917BDD"/>
+    <w:rsid w:val="00920067"/>
+    <w:rsid w:val="0092051D"/>
+    <w:rsid w:val="009206F8"/>
+    <w:rsid w:val="00922DF5"/>
+    <w:rsid w:val="00923018"/>
+    <w:rsid w:val="00923F25"/>
+    <w:rsid w:val="0092463C"/>
+    <w:rsid w:val="00924AEA"/>
+    <w:rsid w:val="00924AFC"/>
+    <w:rsid w:val="00924EF0"/>
+    <w:rsid w:val="00925D42"/>
+    <w:rsid w:val="009266D7"/>
+    <w:rsid w:val="00927BC2"/>
+    <w:rsid w:val="00927BD8"/>
+    <w:rsid w:val="00927D8F"/>
+    <w:rsid w:val="00927F56"/>
+    <w:rsid w:val="00931C34"/>
+    <w:rsid w:val="0093282D"/>
+    <w:rsid w:val="009329F5"/>
+    <w:rsid w:val="00934243"/>
+    <w:rsid w:val="00934F7E"/>
+    <w:rsid w:val="00937DDF"/>
+    <w:rsid w:val="00940469"/>
+    <w:rsid w:val="009406E9"/>
+    <w:rsid w:val="00940B12"/>
+    <w:rsid w:val="009413DB"/>
+    <w:rsid w:val="00941636"/>
+    <w:rsid w:val="0094340A"/>
+    <w:rsid w:val="00943BA4"/>
+    <w:rsid w:val="009442EC"/>
+    <w:rsid w:val="00945D5F"/>
+    <w:rsid w:val="009469C2"/>
+    <w:rsid w:val="00946A08"/>
+    <w:rsid w:val="00947899"/>
+    <w:rsid w:val="0095066F"/>
+    <w:rsid w:val="00950E5F"/>
+    <w:rsid w:val="00951BAC"/>
+    <w:rsid w:val="00952223"/>
+    <w:rsid w:val="00952DDE"/>
+    <w:rsid w:val="009531E1"/>
+    <w:rsid w:val="00957073"/>
+    <w:rsid w:val="009570DD"/>
+    <w:rsid w:val="009602CB"/>
+    <w:rsid w:val="00960A05"/>
+    <w:rsid w:val="00960A29"/>
+    <w:rsid w:val="00961042"/>
+    <w:rsid w:val="009612DB"/>
+    <w:rsid w:val="009617C5"/>
+    <w:rsid w:val="00961B16"/>
+    <w:rsid w:val="009625E1"/>
+    <w:rsid w:val="009626D5"/>
+    <w:rsid w:val="00962C05"/>
+    <w:rsid w:val="0096374B"/>
+    <w:rsid w:val="00963AFA"/>
+    <w:rsid w:val="00963BC6"/>
+    <w:rsid w:val="009650DA"/>
+    <w:rsid w:val="00967C51"/>
+    <w:rsid w:val="00967C5E"/>
+    <w:rsid w:val="009708D3"/>
+    <w:rsid w:val="00970969"/>
+    <w:rsid w:val="009715EC"/>
+    <w:rsid w:val="00972130"/>
+    <w:rsid w:val="00972907"/>
+    <w:rsid w:val="009735C7"/>
+    <w:rsid w:val="009740AB"/>
+    <w:rsid w:val="0097437D"/>
+    <w:rsid w:val="0097476B"/>
+    <w:rsid w:val="0097736E"/>
+    <w:rsid w:val="00977C38"/>
+    <w:rsid w:val="00977DA5"/>
+    <w:rsid w:val="00980B38"/>
+    <w:rsid w:val="00980BF4"/>
+    <w:rsid w:val="00980EF6"/>
+    <w:rsid w:val="00980FAA"/>
+    <w:rsid w:val="0098112C"/>
+    <w:rsid w:val="00983C8B"/>
+    <w:rsid w:val="00983D2F"/>
+    <w:rsid w:val="00984BCF"/>
+    <w:rsid w:val="00985B9E"/>
+    <w:rsid w:val="009868ED"/>
+    <w:rsid w:val="00987AFB"/>
+    <w:rsid w:val="00990D8E"/>
+    <w:rsid w:val="0099170C"/>
+    <w:rsid w:val="00992606"/>
+    <w:rsid w:val="009944A4"/>
+    <w:rsid w:val="009951E0"/>
+    <w:rsid w:val="009952A2"/>
+    <w:rsid w:val="00995753"/>
+    <w:rsid w:val="00995AA5"/>
+    <w:rsid w:val="00995E9D"/>
+    <w:rsid w:val="00996A31"/>
+    <w:rsid w:val="00997645"/>
+    <w:rsid w:val="00997E87"/>
+    <w:rsid w:val="009A053E"/>
+    <w:rsid w:val="009A0988"/>
+    <w:rsid w:val="009A140C"/>
+    <w:rsid w:val="009A3375"/>
+    <w:rsid w:val="009A4A73"/>
+    <w:rsid w:val="009A5D0C"/>
+    <w:rsid w:val="009A6856"/>
+    <w:rsid w:val="009A698D"/>
+    <w:rsid w:val="009A69F9"/>
+    <w:rsid w:val="009A79B4"/>
+    <w:rsid w:val="009B2321"/>
+    <w:rsid w:val="009B2459"/>
+    <w:rsid w:val="009B2FF8"/>
+    <w:rsid w:val="009B4130"/>
+    <w:rsid w:val="009B4271"/>
+    <w:rsid w:val="009B53EE"/>
+    <w:rsid w:val="009B5555"/>
+    <w:rsid w:val="009B6548"/>
+    <w:rsid w:val="009B74D0"/>
+    <w:rsid w:val="009B7C0E"/>
+    <w:rsid w:val="009C017E"/>
+    <w:rsid w:val="009C06AC"/>
+    <w:rsid w:val="009C0C9D"/>
+    <w:rsid w:val="009C1331"/>
+    <w:rsid w:val="009C242C"/>
+    <w:rsid w:val="009C3E7B"/>
+    <w:rsid w:val="009C60D8"/>
+    <w:rsid w:val="009C6247"/>
+    <w:rsid w:val="009C62A2"/>
+    <w:rsid w:val="009C653D"/>
+    <w:rsid w:val="009C734B"/>
+    <w:rsid w:val="009C7518"/>
+    <w:rsid w:val="009C7F75"/>
+    <w:rsid w:val="009D0539"/>
+    <w:rsid w:val="009D10BC"/>
+    <w:rsid w:val="009D19D3"/>
+    <w:rsid w:val="009D1B1F"/>
+    <w:rsid w:val="009D255F"/>
+    <w:rsid w:val="009D302A"/>
+    <w:rsid w:val="009D4888"/>
+    <w:rsid w:val="009D48F5"/>
+    <w:rsid w:val="009D5436"/>
+    <w:rsid w:val="009D5B76"/>
+    <w:rsid w:val="009D5D50"/>
+    <w:rsid w:val="009D5D7A"/>
+    <w:rsid w:val="009D6B5D"/>
+    <w:rsid w:val="009D7ACB"/>
+    <w:rsid w:val="009D7AED"/>
+    <w:rsid w:val="009E02F0"/>
+    <w:rsid w:val="009E124B"/>
+    <w:rsid w:val="009E125E"/>
+    <w:rsid w:val="009E39F2"/>
+    <w:rsid w:val="009E5EBB"/>
+    <w:rsid w:val="009E62DA"/>
+    <w:rsid w:val="009E6669"/>
+    <w:rsid w:val="009E6DA5"/>
+    <w:rsid w:val="009E7119"/>
+    <w:rsid w:val="009E729B"/>
+    <w:rsid w:val="009F0872"/>
+    <w:rsid w:val="009F20ED"/>
+    <w:rsid w:val="009F2364"/>
+    <w:rsid w:val="009F2A3D"/>
+    <w:rsid w:val="009F2C5C"/>
+    <w:rsid w:val="009F3E41"/>
+    <w:rsid w:val="009F416C"/>
+    <w:rsid w:val="009F5485"/>
+    <w:rsid w:val="009F5B2B"/>
+    <w:rsid w:val="009F6451"/>
+    <w:rsid w:val="009F73D3"/>
+    <w:rsid w:val="00A005DB"/>
+    <w:rsid w:val="00A0076B"/>
+    <w:rsid w:val="00A00946"/>
+    <w:rsid w:val="00A0195D"/>
+    <w:rsid w:val="00A01F3F"/>
+    <w:rsid w:val="00A0252C"/>
+    <w:rsid w:val="00A030BF"/>
+    <w:rsid w:val="00A031A0"/>
+    <w:rsid w:val="00A04050"/>
+    <w:rsid w:val="00A04801"/>
+    <w:rsid w:val="00A05067"/>
+    <w:rsid w:val="00A06280"/>
+    <w:rsid w:val="00A064EB"/>
+    <w:rsid w:val="00A06658"/>
+    <w:rsid w:val="00A072AD"/>
+    <w:rsid w:val="00A1042E"/>
+    <w:rsid w:val="00A10CBF"/>
+    <w:rsid w:val="00A118C6"/>
+    <w:rsid w:val="00A11EAC"/>
+    <w:rsid w:val="00A13156"/>
+    <w:rsid w:val="00A1525C"/>
+    <w:rsid w:val="00A16199"/>
+    <w:rsid w:val="00A17624"/>
+    <w:rsid w:val="00A17CA0"/>
+    <w:rsid w:val="00A209A9"/>
+    <w:rsid w:val="00A20E8B"/>
+    <w:rsid w:val="00A210E3"/>
+    <w:rsid w:val="00A21116"/>
+    <w:rsid w:val="00A2134D"/>
+    <w:rsid w:val="00A21AF9"/>
+    <w:rsid w:val="00A2258E"/>
+    <w:rsid w:val="00A226B7"/>
+    <w:rsid w:val="00A231A5"/>
+    <w:rsid w:val="00A24BF2"/>
+    <w:rsid w:val="00A25112"/>
+    <w:rsid w:val="00A25DD4"/>
+    <w:rsid w:val="00A275E3"/>
+    <w:rsid w:val="00A30207"/>
+    <w:rsid w:val="00A30621"/>
+    <w:rsid w:val="00A30A0E"/>
+    <w:rsid w:val="00A30C7F"/>
+    <w:rsid w:val="00A31156"/>
+    <w:rsid w:val="00A32CB2"/>
+    <w:rsid w:val="00A32FCE"/>
+    <w:rsid w:val="00A33396"/>
+    <w:rsid w:val="00A342B9"/>
+    <w:rsid w:val="00A3616F"/>
+    <w:rsid w:val="00A364F7"/>
+    <w:rsid w:val="00A403D6"/>
+    <w:rsid w:val="00A40FBD"/>
+    <w:rsid w:val="00A420D1"/>
+    <w:rsid w:val="00A42761"/>
+    <w:rsid w:val="00A449F6"/>
+    <w:rsid w:val="00A4590A"/>
+    <w:rsid w:val="00A471A6"/>
+    <w:rsid w:val="00A50315"/>
+    <w:rsid w:val="00A5055A"/>
+    <w:rsid w:val="00A50B16"/>
+    <w:rsid w:val="00A50D8E"/>
+    <w:rsid w:val="00A530D8"/>
+    <w:rsid w:val="00A53A6F"/>
+    <w:rsid w:val="00A53D04"/>
+    <w:rsid w:val="00A53E39"/>
+    <w:rsid w:val="00A55896"/>
+    <w:rsid w:val="00A55AFE"/>
+    <w:rsid w:val="00A56CBD"/>
+    <w:rsid w:val="00A60316"/>
+    <w:rsid w:val="00A6351D"/>
+    <w:rsid w:val="00A6485D"/>
+    <w:rsid w:val="00A6486F"/>
+    <w:rsid w:val="00A64AA6"/>
+    <w:rsid w:val="00A64B29"/>
+    <w:rsid w:val="00A64C09"/>
+    <w:rsid w:val="00A64D5C"/>
+    <w:rsid w:val="00A64D5E"/>
+    <w:rsid w:val="00A65148"/>
+    <w:rsid w:val="00A656F8"/>
+    <w:rsid w:val="00A66227"/>
+    <w:rsid w:val="00A66F4E"/>
+    <w:rsid w:val="00A702DB"/>
+    <w:rsid w:val="00A706CC"/>
+    <w:rsid w:val="00A70B4F"/>
+    <w:rsid w:val="00A70CAD"/>
+    <w:rsid w:val="00A70F11"/>
+    <w:rsid w:val="00A71DCF"/>
+    <w:rsid w:val="00A72187"/>
+    <w:rsid w:val="00A729CF"/>
+    <w:rsid w:val="00A73D36"/>
+    <w:rsid w:val="00A75410"/>
+    <w:rsid w:val="00A75568"/>
+    <w:rsid w:val="00A75DE0"/>
+    <w:rsid w:val="00A76160"/>
+    <w:rsid w:val="00A76EEA"/>
+    <w:rsid w:val="00A76FA9"/>
+    <w:rsid w:val="00A80054"/>
+    <w:rsid w:val="00A80353"/>
+    <w:rsid w:val="00A82F77"/>
+    <w:rsid w:val="00A833A7"/>
+    <w:rsid w:val="00A84630"/>
+    <w:rsid w:val="00A90324"/>
+    <w:rsid w:val="00A9138F"/>
+    <w:rsid w:val="00A91E0E"/>
+    <w:rsid w:val="00A92696"/>
+    <w:rsid w:val="00A92763"/>
+    <w:rsid w:val="00A92BF2"/>
+    <w:rsid w:val="00A92E39"/>
+    <w:rsid w:val="00A93122"/>
+    <w:rsid w:val="00A93486"/>
+    <w:rsid w:val="00A93C3C"/>
+    <w:rsid w:val="00A93EFA"/>
+    <w:rsid w:val="00A96C16"/>
+    <w:rsid w:val="00A97115"/>
+    <w:rsid w:val="00A97EB0"/>
+    <w:rsid w:val="00AA02B8"/>
+    <w:rsid w:val="00AA04AE"/>
+    <w:rsid w:val="00AA0B8B"/>
+    <w:rsid w:val="00AA2423"/>
+    <w:rsid w:val="00AA2986"/>
+    <w:rsid w:val="00AA398C"/>
+    <w:rsid w:val="00AA3C7C"/>
+    <w:rsid w:val="00AA61B2"/>
+    <w:rsid w:val="00AA69F4"/>
+    <w:rsid w:val="00AA6F09"/>
+    <w:rsid w:val="00AA72C9"/>
+    <w:rsid w:val="00AB1358"/>
+    <w:rsid w:val="00AB28EC"/>
+    <w:rsid w:val="00AB6DFE"/>
+    <w:rsid w:val="00AB721A"/>
+    <w:rsid w:val="00AB7E01"/>
+    <w:rsid w:val="00AC028D"/>
+    <w:rsid w:val="00AC0434"/>
+    <w:rsid w:val="00AC1848"/>
+    <w:rsid w:val="00AC18D2"/>
+    <w:rsid w:val="00AC1D07"/>
+    <w:rsid w:val="00AC1EC4"/>
+    <w:rsid w:val="00AC277F"/>
+    <w:rsid w:val="00AC3134"/>
+    <w:rsid w:val="00AC37F2"/>
+    <w:rsid w:val="00AC3D00"/>
+    <w:rsid w:val="00AC4369"/>
+    <w:rsid w:val="00AC65DF"/>
+    <w:rsid w:val="00AC6B30"/>
+    <w:rsid w:val="00AC6CC9"/>
+    <w:rsid w:val="00AC6D28"/>
+    <w:rsid w:val="00AC6F02"/>
+    <w:rsid w:val="00AC7C4C"/>
+    <w:rsid w:val="00AC7E49"/>
+    <w:rsid w:val="00AD029C"/>
+    <w:rsid w:val="00AD15D9"/>
+    <w:rsid w:val="00AD31B6"/>
+    <w:rsid w:val="00AD3D29"/>
+    <w:rsid w:val="00AD568C"/>
+    <w:rsid w:val="00AD5833"/>
+    <w:rsid w:val="00AD5FB2"/>
+    <w:rsid w:val="00AD600B"/>
+    <w:rsid w:val="00AD6F76"/>
+    <w:rsid w:val="00AD79CC"/>
+    <w:rsid w:val="00AE02ED"/>
+    <w:rsid w:val="00AE0403"/>
+    <w:rsid w:val="00AE0901"/>
+    <w:rsid w:val="00AE0D0A"/>
+    <w:rsid w:val="00AE0E0A"/>
+    <w:rsid w:val="00AE165F"/>
+    <w:rsid w:val="00AE20BF"/>
+    <w:rsid w:val="00AE2FC4"/>
+    <w:rsid w:val="00AE39E5"/>
+    <w:rsid w:val="00AE54B8"/>
+    <w:rsid w:val="00AE6805"/>
+    <w:rsid w:val="00AE68EC"/>
+    <w:rsid w:val="00AE7DA2"/>
+    <w:rsid w:val="00AF0455"/>
+    <w:rsid w:val="00AF06CE"/>
+    <w:rsid w:val="00AF0B32"/>
+    <w:rsid w:val="00AF0C9B"/>
+    <w:rsid w:val="00AF16A9"/>
+    <w:rsid w:val="00AF2390"/>
+    <w:rsid w:val="00AF38D1"/>
+    <w:rsid w:val="00AF3B42"/>
+    <w:rsid w:val="00AF497E"/>
+    <w:rsid w:val="00AF59D3"/>
+    <w:rsid w:val="00AF6AD2"/>
+    <w:rsid w:val="00AF71CA"/>
+    <w:rsid w:val="00B007A5"/>
+    <w:rsid w:val="00B0100D"/>
+    <w:rsid w:val="00B017B1"/>
+    <w:rsid w:val="00B0194B"/>
+    <w:rsid w:val="00B01B5D"/>
+    <w:rsid w:val="00B02ADF"/>
+    <w:rsid w:val="00B03188"/>
+    <w:rsid w:val="00B03B22"/>
+    <w:rsid w:val="00B0419B"/>
+    <w:rsid w:val="00B05393"/>
+    <w:rsid w:val="00B10C95"/>
+    <w:rsid w:val="00B112B3"/>
+    <w:rsid w:val="00B153B8"/>
+    <w:rsid w:val="00B158B9"/>
+    <w:rsid w:val="00B17CBC"/>
+    <w:rsid w:val="00B21AB8"/>
+    <w:rsid w:val="00B21E10"/>
+    <w:rsid w:val="00B2202F"/>
+    <w:rsid w:val="00B22AA9"/>
+    <w:rsid w:val="00B23048"/>
+    <w:rsid w:val="00B231D3"/>
+    <w:rsid w:val="00B242D2"/>
+    <w:rsid w:val="00B2504E"/>
+    <w:rsid w:val="00B259EF"/>
+    <w:rsid w:val="00B25CE9"/>
+    <w:rsid w:val="00B25DB3"/>
+    <w:rsid w:val="00B27DB3"/>
+    <w:rsid w:val="00B27EE7"/>
+    <w:rsid w:val="00B30543"/>
+    <w:rsid w:val="00B330C4"/>
+    <w:rsid w:val="00B345D8"/>
+    <w:rsid w:val="00B35B2A"/>
+    <w:rsid w:val="00B365E7"/>
+    <w:rsid w:val="00B36726"/>
+    <w:rsid w:val="00B36ED6"/>
+    <w:rsid w:val="00B377F7"/>
+    <w:rsid w:val="00B404F1"/>
+    <w:rsid w:val="00B4061D"/>
+    <w:rsid w:val="00B407F1"/>
+    <w:rsid w:val="00B43346"/>
+    <w:rsid w:val="00B43BCD"/>
+    <w:rsid w:val="00B4469D"/>
+    <w:rsid w:val="00B45695"/>
+    <w:rsid w:val="00B467EB"/>
+    <w:rsid w:val="00B47663"/>
+    <w:rsid w:val="00B47CBA"/>
+    <w:rsid w:val="00B502CB"/>
+    <w:rsid w:val="00B505E7"/>
+    <w:rsid w:val="00B524A1"/>
+    <w:rsid w:val="00B52DD6"/>
+    <w:rsid w:val="00B5372C"/>
+    <w:rsid w:val="00B53AC0"/>
+    <w:rsid w:val="00B5418B"/>
+    <w:rsid w:val="00B549E1"/>
+    <w:rsid w:val="00B55D8E"/>
+    <w:rsid w:val="00B55E54"/>
+    <w:rsid w:val="00B55F9F"/>
+    <w:rsid w:val="00B561EE"/>
+    <w:rsid w:val="00B56D48"/>
+    <w:rsid w:val="00B577BD"/>
+    <w:rsid w:val="00B578AF"/>
+    <w:rsid w:val="00B601F6"/>
+    <w:rsid w:val="00B60383"/>
+    <w:rsid w:val="00B60928"/>
+    <w:rsid w:val="00B62076"/>
+    <w:rsid w:val="00B62104"/>
+    <w:rsid w:val="00B621A7"/>
+    <w:rsid w:val="00B6507B"/>
+    <w:rsid w:val="00B65168"/>
+    <w:rsid w:val="00B65351"/>
+    <w:rsid w:val="00B6580C"/>
+    <w:rsid w:val="00B65C12"/>
+    <w:rsid w:val="00B67311"/>
+    <w:rsid w:val="00B67B36"/>
+    <w:rsid w:val="00B70367"/>
+    <w:rsid w:val="00B7101B"/>
+    <w:rsid w:val="00B712AA"/>
+    <w:rsid w:val="00B72185"/>
+    <w:rsid w:val="00B72492"/>
+    <w:rsid w:val="00B74F2D"/>
+    <w:rsid w:val="00B7555D"/>
+    <w:rsid w:val="00B7673D"/>
+    <w:rsid w:val="00B771A2"/>
+    <w:rsid w:val="00B800CB"/>
+    <w:rsid w:val="00B80BA4"/>
+    <w:rsid w:val="00B8198B"/>
+    <w:rsid w:val="00B819C9"/>
+    <w:rsid w:val="00B820EA"/>
+    <w:rsid w:val="00B82A86"/>
+    <w:rsid w:val="00B832D7"/>
+    <w:rsid w:val="00B83E99"/>
+    <w:rsid w:val="00B84549"/>
+    <w:rsid w:val="00B850A6"/>
+    <w:rsid w:val="00B8511B"/>
+    <w:rsid w:val="00B85F0A"/>
+    <w:rsid w:val="00B902D2"/>
+    <w:rsid w:val="00B90B11"/>
+    <w:rsid w:val="00B91448"/>
+    <w:rsid w:val="00B9188B"/>
+    <w:rsid w:val="00B9283C"/>
+    <w:rsid w:val="00B93D10"/>
+    <w:rsid w:val="00B93E79"/>
+    <w:rsid w:val="00B945C5"/>
+    <w:rsid w:val="00B94775"/>
+    <w:rsid w:val="00B956C3"/>
+    <w:rsid w:val="00B95A1B"/>
+    <w:rsid w:val="00B95D6F"/>
+    <w:rsid w:val="00B9780D"/>
+    <w:rsid w:val="00BA14FC"/>
+    <w:rsid w:val="00BA1BBE"/>
+    <w:rsid w:val="00BA265F"/>
+    <w:rsid w:val="00BA3034"/>
+    <w:rsid w:val="00BA34DF"/>
+    <w:rsid w:val="00BA366D"/>
+    <w:rsid w:val="00BA5175"/>
+    <w:rsid w:val="00BA5A18"/>
+    <w:rsid w:val="00BA5F7C"/>
+    <w:rsid w:val="00BA60FF"/>
+    <w:rsid w:val="00BA6C4D"/>
+    <w:rsid w:val="00BA6C50"/>
+    <w:rsid w:val="00BA7435"/>
+    <w:rsid w:val="00BB0F19"/>
+    <w:rsid w:val="00BB118C"/>
+    <w:rsid w:val="00BB1866"/>
+    <w:rsid w:val="00BB26AD"/>
+    <w:rsid w:val="00BB464F"/>
+    <w:rsid w:val="00BB50CB"/>
+    <w:rsid w:val="00BB6366"/>
+    <w:rsid w:val="00BB6625"/>
+    <w:rsid w:val="00BB67EC"/>
+    <w:rsid w:val="00BB6CAF"/>
+    <w:rsid w:val="00BB6E89"/>
+    <w:rsid w:val="00BB7535"/>
+    <w:rsid w:val="00BC0210"/>
+    <w:rsid w:val="00BC05EC"/>
+    <w:rsid w:val="00BC17AB"/>
+    <w:rsid w:val="00BC259C"/>
+    <w:rsid w:val="00BC294F"/>
+    <w:rsid w:val="00BC3125"/>
+    <w:rsid w:val="00BC3379"/>
+    <w:rsid w:val="00BC4282"/>
+    <w:rsid w:val="00BC5ED6"/>
+    <w:rsid w:val="00BC5EDE"/>
+    <w:rsid w:val="00BC6470"/>
+    <w:rsid w:val="00BC7052"/>
+    <w:rsid w:val="00BC78A8"/>
+    <w:rsid w:val="00BD0AD0"/>
+    <w:rsid w:val="00BD26ED"/>
+    <w:rsid w:val="00BD2701"/>
+    <w:rsid w:val="00BD297D"/>
+    <w:rsid w:val="00BD5EFC"/>
+    <w:rsid w:val="00BD6BD4"/>
+    <w:rsid w:val="00BD7C93"/>
+    <w:rsid w:val="00BE01C9"/>
+    <w:rsid w:val="00BE1A80"/>
+    <w:rsid w:val="00BE2726"/>
+    <w:rsid w:val="00BE2C80"/>
+    <w:rsid w:val="00BE2DC5"/>
+    <w:rsid w:val="00BE30E3"/>
+    <w:rsid w:val="00BE323A"/>
+    <w:rsid w:val="00BE39C5"/>
+    <w:rsid w:val="00BE44C9"/>
+    <w:rsid w:val="00BE4A3B"/>
+    <w:rsid w:val="00BE4DB8"/>
+    <w:rsid w:val="00BE64CF"/>
+    <w:rsid w:val="00BE65B4"/>
+    <w:rsid w:val="00BE6CFB"/>
+    <w:rsid w:val="00BE6F1C"/>
+    <w:rsid w:val="00BF0216"/>
+    <w:rsid w:val="00BF1B0D"/>
+    <w:rsid w:val="00BF20F2"/>
+    <w:rsid w:val="00BF2223"/>
+    <w:rsid w:val="00BF2D64"/>
+    <w:rsid w:val="00BF33F2"/>
+    <w:rsid w:val="00BF39C9"/>
+    <w:rsid w:val="00BF57F4"/>
+    <w:rsid w:val="00BF5BD5"/>
+    <w:rsid w:val="00C0091D"/>
+    <w:rsid w:val="00C01079"/>
+    <w:rsid w:val="00C01788"/>
+    <w:rsid w:val="00C017B8"/>
+    <w:rsid w:val="00C0180C"/>
+    <w:rsid w:val="00C019EB"/>
+    <w:rsid w:val="00C01B23"/>
+    <w:rsid w:val="00C02FFF"/>
+    <w:rsid w:val="00C045FD"/>
+    <w:rsid w:val="00C05DE5"/>
+    <w:rsid w:val="00C07EE5"/>
+    <w:rsid w:val="00C10563"/>
+    <w:rsid w:val="00C11EC2"/>
+    <w:rsid w:val="00C126C5"/>
+    <w:rsid w:val="00C12F96"/>
+    <w:rsid w:val="00C1350C"/>
+    <w:rsid w:val="00C13C02"/>
+    <w:rsid w:val="00C13CDF"/>
+    <w:rsid w:val="00C1530B"/>
+    <w:rsid w:val="00C15DCF"/>
+    <w:rsid w:val="00C20546"/>
+    <w:rsid w:val="00C20A80"/>
+    <w:rsid w:val="00C20BDC"/>
+    <w:rsid w:val="00C21042"/>
+    <w:rsid w:val="00C213EC"/>
+    <w:rsid w:val="00C22F1E"/>
+    <w:rsid w:val="00C24D9E"/>
+    <w:rsid w:val="00C26AFA"/>
+    <w:rsid w:val="00C26BAB"/>
+    <w:rsid w:val="00C27F48"/>
+    <w:rsid w:val="00C3034F"/>
+    <w:rsid w:val="00C30A52"/>
+    <w:rsid w:val="00C31DA5"/>
+    <w:rsid w:val="00C327C9"/>
+    <w:rsid w:val="00C329B0"/>
+    <w:rsid w:val="00C3396C"/>
+    <w:rsid w:val="00C3571D"/>
+    <w:rsid w:val="00C36B64"/>
+    <w:rsid w:val="00C37DB7"/>
+    <w:rsid w:val="00C37F79"/>
+    <w:rsid w:val="00C41143"/>
+    <w:rsid w:val="00C42145"/>
+    <w:rsid w:val="00C42716"/>
+    <w:rsid w:val="00C4274A"/>
+    <w:rsid w:val="00C4451B"/>
+    <w:rsid w:val="00C453A5"/>
+    <w:rsid w:val="00C45AD3"/>
+    <w:rsid w:val="00C46A37"/>
+    <w:rsid w:val="00C4701B"/>
+    <w:rsid w:val="00C509FC"/>
+    <w:rsid w:val="00C50CC1"/>
+    <w:rsid w:val="00C5209E"/>
+    <w:rsid w:val="00C5215F"/>
+    <w:rsid w:val="00C52525"/>
+    <w:rsid w:val="00C52796"/>
+    <w:rsid w:val="00C53B0C"/>
+    <w:rsid w:val="00C54F85"/>
+    <w:rsid w:val="00C55026"/>
+    <w:rsid w:val="00C557ED"/>
+    <w:rsid w:val="00C560C7"/>
+    <w:rsid w:val="00C57005"/>
+    <w:rsid w:val="00C57F8B"/>
+    <w:rsid w:val="00C57FC8"/>
+    <w:rsid w:val="00C57FCF"/>
+    <w:rsid w:val="00C607AF"/>
+    <w:rsid w:val="00C60BD3"/>
+    <w:rsid w:val="00C60CE5"/>
+    <w:rsid w:val="00C617FD"/>
+    <w:rsid w:val="00C6605A"/>
+    <w:rsid w:val="00C66E05"/>
+    <w:rsid w:val="00C67982"/>
+    <w:rsid w:val="00C700D2"/>
+    <w:rsid w:val="00C72C26"/>
+    <w:rsid w:val="00C7322D"/>
+    <w:rsid w:val="00C75ED9"/>
+    <w:rsid w:val="00C771C5"/>
+    <w:rsid w:val="00C77D7D"/>
+    <w:rsid w:val="00C77E32"/>
+    <w:rsid w:val="00C838C9"/>
+    <w:rsid w:val="00C84529"/>
+    <w:rsid w:val="00C84BDE"/>
+    <w:rsid w:val="00C85365"/>
+    <w:rsid w:val="00C85818"/>
+    <w:rsid w:val="00C87A54"/>
+    <w:rsid w:val="00C90063"/>
+    <w:rsid w:val="00C90F42"/>
+    <w:rsid w:val="00C9113A"/>
+    <w:rsid w:val="00C914D0"/>
+    <w:rsid w:val="00C91553"/>
+    <w:rsid w:val="00C93666"/>
+    <w:rsid w:val="00C9384C"/>
+    <w:rsid w:val="00C94E29"/>
+    <w:rsid w:val="00C95A6B"/>
+    <w:rsid w:val="00C9600E"/>
+    <w:rsid w:val="00C964E7"/>
+    <w:rsid w:val="00C9687D"/>
+    <w:rsid w:val="00C97D77"/>
+    <w:rsid w:val="00CA05E5"/>
+    <w:rsid w:val="00CA1270"/>
+    <w:rsid w:val="00CA1691"/>
+    <w:rsid w:val="00CA2E69"/>
+    <w:rsid w:val="00CA3599"/>
+    <w:rsid w:val="00CA4C09"/>
+    <w:rsid w:val="00CA5CEE"/>
+    <w:rsid w:val="00CA7408"/>
+    <w:rsid w:val="00CA7B29"/>
+    <w:rsid w:val="00CA7D4B"/>
+    <w:rsid w:val="00CB0506"/>
+    <w:rsid w:val="00CB1C21"/>
+    <w:rsid w:val="00CB1E62"/>
+    <w:rsid w:val="00CB2245"/>
+    <w:rsid w:val="00CB2474"/>
+    <w:rsid w:val="00CB360C"/>
+    <w:rsid w:val="00CB4026"/>
+    <w:rsid w:val="00CB4865"/>
+    <w:rsid w:val="00CB5370"/>
+    <w:rsid w:val="00CB616E"/>
+    <w:rsid w:val="00CC02BC"/>
+    <w:rsid w:val="00CC06F2"/>
+    <w:rsid w:val="00CC268F"/>
+    <w:rsid w:val="00CC4D36"/>
+    <w:rsid w:val="00CC52EE"/>
+    <w:rsid w:val="00CC76C9"/>
+    <w:rsid w:val="00CC773D"/>
+    <w:rsid w:val="00CD0E1E"/>
+    <w:rsid w:val="00CD24BE"/>
+    <w:rsid w:val="00CD2D23"/>
+    <w:rsid w:val="00CD31FA"/>
+    <w:rsid w:val="00CD5A6D"/>
+    <w:rsid w:val="00CD6D72"/>
+    <w:rsid w:val="00CD7DE0"/>
+    <w:rsid w:val="00CE0BFE"/>
+    <w:rsid w:val="00CE1009"/>
+    <w:rsid w:val="00CE1C20"/>
+    <w:rsid w:val="00CE23C6"/>
+    <w:rsid w:val="00CE25C9"/>
+    <w:rsid w:val="00CE3DF7"/>
+    <w:rsid w:val="00CE3EDA"/>
+    <w:rsid w:val="00CE49EB"/>
+    <w:rsid w:val="00CE7308"/>
+    <w:rsid w:val="00CF06A3"/>
+    <w:rsid w:val="00CF0B4F"/>
+    <w:rsid w:val="00CF412A"/>
+    <w:rsid w:val="00CF4A58"/>
+    <w:rsid w:val="00CF4D58"/>
+    <w:rsid w:val="00CF57B5"/>
+    <w:rsid w:val="00CF5B20"/>
+    <w:rsid w:val="00CF5B25"/>
+    <w:rsid w:val="00CF794C"/>
+    <w:rsid w:val="00CF7B87"/>
+    <w:rsid w:val="00CF7C40"/>
+    <w:rsid w:val="00D01687"/>
+    <w:rsid w:val="00D020E7"/>
+    <w:rsid w:val="00D02799"/>
+    <w:rsid w:val="00D034CD"/>
+    <w:rsid w:val="00D037B7"/>
+    <w:rsid w:val="00D06DF6"/>
+    <w:rsid w:val="00D10CDF"/>
+    <w:rsid w:val="00D13450"/>
+    <w:rsid w:val="00D13D10"/>
+    <w:rsid w:val="00D144B1"/>
+    <w:rsid w:val="00D15C78"/>
+    <w:rsid w:val="00D17404"/>
+    <w:rsid w:val="00D17647"/>
+    <w:rsid w:val="00D1781B"/>
+    <w:rsid w:val="00D17F0F"/>
+    <w:rsid w:val="00D20057"/>
+    <w:rsid w:val="00D20F81"/>
+    <w:rsid w:val="00D214C7"/>
+    <w:rsid w:val="00D2163D"/>
+    <w:rsid w:val="00D21EB9"/>
+    <w:rsid w:val="00D21F62"/>
+    <w:rsid w:val="00D22C8C"/>
+    <w:rsid w:val="00D22DB8"/>
+    <w:rsid w:val="00D232A7"/>
+    <w:rsid w:val="00D23369"/>
+    <w:rsid w:val="00D2338A"/>
+    <w:rsid w:val="00D2368C"/>
+    <w:rsid w:val="00D24C0D"/>
+    <w:rsid w:val="00D25258"/>
+    <w:rsid w:val="00D2581B"/>
+    <w:rsid w:val="00D25BC8"/>
+    <w:rsid w:val="00D27437"/>
+    <w:rsid w:val="00D27996"/>
+    <w:rsid w:val="00D30028"/>
+    <w:rsid w:val="00D30824"/>
+    <w:rsid w:val="00D310CE"/>
+    <w:rsid w:val="00D315BC"/>
+    <w:rsid w:val="00D31B93"/>
+    <w:rsid w:val="00D3260C"/>
+    <w:rsid w:val="00D32D6B"/>
+    <w:rsid w:val="00D336F8"/>
+    <w:rsid w:val="00D3683D"/>
+    <w:rsid w:val="00D37299"/>
+    <w:rsid w:val="00D37638"/>
+    <w:rsid w:val="00D40507"/>
+    <w:rsid w:val="00D41C92"/>
+    <w:rsid w:val="00D4214E"/>
+    <w:rsid w:val="00D42CDD"/>
+    <w:rsid w:val="00D44024"/>
+    <w:rsid w:val="00D442C3"/>
+    <w:rsid w:val="00D44E2C"/>
+    <w:rsid w:val="00D4613B"/>
+    <w:rsid w:val="00D463EA"/>
+    <w:rsid w:val="00D47BB9"/>
+    <w:rsid w:val="00D47DD6"/>
+    <w:rsid w:val="00D51B8C"/>
+    <w:rsid w:val="00D52E03"/>
+    <w:rsid w:val="00D55C48"/>
+    <w:rsid w:val="00D56713"/>
+    <w:rsid w:val="00D5676C"/>
+    <w:rsid w:val="00D567B3"/>
+    <w:rsid w:val="00D56AA1"/>
+    <w:rsid w:val="00D57357"/>
+    <w:rsid w:val="00D607F5"/>
+    <w:rsid w:val="00D61609"/>
+    <w:rsid w:val="00D62464"/>
+    <w:rsid w:val="00D62BF2"/>
+    <w:rsid w:val="00D6401E"/>
+    <w:rsid w:val="00D651E8"/>
+    <w:rsid w:val="00D653C0"/>
+    <w:rsid w:val="00D656FE"/>
+    <w:rsid w:val="00D67A17"/>
+    <w:rsid w:val="00D67D0B"/>
+    <w:rsid w:val="00D67DCA"/>
+    <w:rsid w:val="00D706A0"/>
+    <w:rsid w:val="00D70901"/>
+    <w:rsid w:val="00D70C43"/>
+    <w:rsid w:val="00D722C9"/>
+    <w:rsid w:val="00D75542"/>
+    <w:rsid w:val="00D761B9"/>
+    <w:rsid w:val="00D776D0"/>
+    <w:rsid w:val="00D77EA7"/>
+    <w:rsid w:val="00D8024F"/>
+    <w:rsid w:val="00D80E0F"/>
+    <w:rsid w:val="00D81E56"/>
+    <w:rsid w:val="00D81EA8"/>
+    <w:rsid w:val="00D8475B"/>
+    <w:rsid w:val="00D85786"/>
+    <w:rsid w:val="00D86983"/>
+    <w:rsid w:val="00D879FF"/>
+    <w:rsid w:val="00D87D54"/>
+    <w:rsid w:val="00D90F9F"/>
+    <w:rsid w:val="00D915DB"/>
+    <w:rsid w:val="00D919AF"/>
+    <w:rsid w:val="00D933EB"/>
+    <w:rsid w:val="00D95351"/>
+    <w:rsid w:val="00D95C71"/>
+    <w:rsid w:val="00D95EF8"/>
+    <w:rsid w:val="00DA0B1E"/>
+    <w:rsid w:val="00DA0D0F"/>
+    <w:rsid w:val="00DA0F66"/>
+    <w:rsid w:val="00DA1D5D"/>
+    <w:rsid w:val="00DA27AA"/>
+    <w:rsid w:val="00DA2B6F"/>
+    <w:rsid w:val="00DA3462"/>
+    <w:rsid w:val="00DA43A0"/>
+    <w:rsid w:val="00DA59FC"/>
+    <w:rsid w:val="00DA5B44"/>
+    <w:rsid w:val="00DA5D6F"/>
+    <w:rsid w:val="00DA7575"/>
+    <w:rsid w:val="00DB1CF8"/>
+    <w:rsid w:val="00DB2C42"/>
+    <w:rsid w:val="00DB3923"/>
+    <w:rsid w:val="00DB4B17"/>
+    <w:rsid w:val="00DB54D0"/>
+    <w:rsid w:val="00DB58D8"/>
+    <w:rsid w:val="00DB6D07"/>
+    <w:rsid w:val="00DB6DED"/>
+    <w:rsid w:val="00DB7432"/>
+    <w:rsid w:val="00DB7D36"/>
+    <w:rsid w:val="00DC02C4"/>
+    <w:rsid w:val="00DC1B40"/>
+    <w:rsid w:val="00DC26F4"/>
+    <w:rsid w:val="00DC27AA"/>
+    <w:rsid w:val="00DC27E2"/>
+    <w:rsid w:val="00DC3744"/>
+    <w:rsid w:val="00DC3C91"/>
+    <w:rsid w:val="00DC5AE2"/>
+    <w:rsid w:val="00DC6C6D"/>
+    <w:rsid w:val="00DC7F77"/>
+    <w:rsid w:val="00DD035C"/>
+    <w:rsid w:val="00DD09C3"/>
+    <w:rsid w:val="00DD0A4F"/>
+    <w:rsid w:val="00DD15FA"/>
+    <w:rsid w:val="00DD2B4F"/>
+    <w:rsid w:val="00DD35B7"/>
+    <w:rsid w:val="00DD4439"/>
+    <w:rsid w:val="00DD4D80"/>
+    <w:rsid w:val="00DD52B9"/>
+    <w:rsid w:val="00DD53FB"/>
+    <w:rsid w:val="00DD5B7D"/>
+    <w:rsid w:val="00DD62AB"/>
+    <w:rsid w:val="00DD7249"/>
+    <w:rsid w:val="00DE01DF"/>
+    <w:rsid w:val="00DE090A"/>
+    <w:rsid w:val="00DE1359"/>
+    <w:rsid w:val="00DE1DE0"/>
+    <w:rsid w:val="00DE2CDE"/>
+    <w:rsid w:val="00DE3AAB"/>
+    <w:rsid w:val="00DE6015"/>
+    <w:rsid w:val="00DE62D4"/>
+    <w:rsid w:val="00DE678F"/>
+    <w:rsid w:val="00DE7E0B"/>
+    <w:rsid w:val="00DF02A0"/>
+    <w:rsid w:val="00DF07EF"/>
+    <w:rsid w:val="00DF11E7"/>
+    <w:rsid w:val="00DF1303"/>
+    <w:rsid w:val="00DF1B33"/>
+    <w:rsid w:val="00DF1FBB"/>
+    <w:rsid w:val="00DF2E07"/>
+    <w:rsid w:val="00DF2E1E"/>
+    <w:rsid w:val="00DF322D"/>
+    <w:rsid w:val="00DF3D83"/>
+    <w:rsid w:val="00DF402D"/>
+    <w:rsid w:val="00DF41D4"/>
+    <w:rsid w:val="00DF433F"/>
+    <w:rsid w:val="00DF43FD"/>
+    <w:rsid w:val="00DF45EE"/>
+    <w:rsid w:val="00DF4DC7"/>
+    <w:rsid w:val="00DF4E69"/>
+    <w:rsid w:val="00DF5167"/>
+    <w:rsid w:val="00DF6775"/>
+    <w:rsid w:val="00DF68E0"/>
+    <w:rsid w:val="00DF6D63"/>
+    <w:rsid w:val="00E00389"/>
+    <w:rsid w:val="00E01777"/>
+    <w:rsid w:val="00E01BB6"/>
+    <w:rsid w:val="00E01BDE"/>
+    <w:rsid w:val="00E026F0"/>
+    <w:rsid w:val="00E02AB4"/>
+    <w:rsid w:val="00E02E5B"/>
+    <w:rsid w:val="00E03359"/>
+    <w:rsid w:val="00E04147"/>
+    <w:rsid w:val="00E0516A"/>
+    <w:rsid w:val="00E059A3"/>
+    <w:rsid w:val="00E06298"/>
+    <w:rsid w:val="00E06771"/>
+    <w:rsid w:val="00E06ABF"/>
+    <w:rsid w:val="00E06E3A"/>
+    <w:rsid w:val="00E07240"/>
+    <w:rsid w:val="00E07C51"/>
+    <w:rsid w:val="00E100A9"/>
+    <w:rsid w:val="00E10912"/>
+    <w:rsid w:val="00E114FC"/>
+    <w:rsid w:val="00E11506"/>
+    <w:rsid w:val="00E121DA"/>
+    <w:rsid w:val="00E13C09"/>
+    <w:rsid w:val="00E14297"/>
+    <w:rsid w:val="00E14473"/>
+    <w:rsid w:val="00E14A41"/>
+    <w:rsid w:val="00E15D14"/>
+    <w:rsid w:val="00E16173"/>
+    <w:rsid w:val="00E162D8"/>
+    <w:rsid w:val="00E167A7"/>
+    <w:rsid w:val="00E20B84"/>
+    <w:rsid w:val="00E20C41"/>
+    <w:rsid w:val="00E20C44"/>
+    <w:rsid w:val="00E21785"/>
+    <w:rsid w:val="00E21BF1"/>
+    <w:rsid w:val="00E22442"/>
+    <w:rsid w:val="00E22467"/>
+    <w:rsid w:val="00E23231"/>
+    <w:rsid w:val="00E2411D"/>
+    <w:rsid w:val="00E248AC"/>
+    <w:rsid w:val="00E24F3A"/>
+    <w:rsid w:val="00E25A18"/>
+    <w:rsid w:val="00E26110"/>
+    <w:rsid w:val="00E266C0"/>
+    <w:rsid w:val="00E268EA"/>
+    <w:rsid w:val="00E26944"/>
+    <w:rsid w:val="00E2736B"/>
+    <w:rsid w:val="00E31233"/>
+    <w:rsid w:val="00E32642"/>
+    <w:rsid w:val="00E333FC"/>
+    <w:rsid w:val="00E33583"/>
+    <w:rsid w:val="00E33668"/>
+    <w:rsid w:val="00E33C48"/>
+    <w:rsid w:val="00E3489A"/>
+    <w:rsid w:val="00E3550D"/>
+    <w:rsid w:val="00E36363"/>
+    <w:rsid w:val="00E37A4A"/>
+    <w:rsid w:val="00E37F7B"/>
+    <w:rsid w:val="00E43D51"/>
+    <w:rsid w:val="00E43F62"/>
+    <w:rsid w:val="00E4500D"/>
+    <w:rsid w:val="00E468B2"/>
+    <w:rsid w:val="00E477CB"/>
+    <w:rsid w:val="00E47F77"/>
+    <w:rsid w:val="00E50166"/>
+    <w:rsid w:val="00E50450"/>
+    <w:rsid w:val="00E50FBA"/>
+    <w:rsid w:val="00E5121A"/>
+    <w:rsid w:val="00E52220"/>
+    <w:rsid w:val="00E5222E"/>
+    <w:rsid w:val="00E52A6F"/>
+    <w:rsid w:val="00E53914"/>
+    <w:rsid w:val="00E54925"/>
+    <w:rsid w:val="00E551D1"/>
+    <w:rsid w:val="00E561DB"/>
+    <w:rsid w:val="00E56225"/>
+    <w:rsid w:val="00E5632C"/>
+    <w:rsid w:val="00E56B7A"/>
+    <w:rsid w:val="00E56D40"/>
+    <w:rsid w:val="00E60C88"/>
+    <w:rsid w:val="00E616A0"/>
+    <w:rsid w:val="00E61727"/>
+    <w:rsid w:val="00E628B2"/>
+    <w:rsid w:val="00E6325A"/>
+    <w:rsid w:val="00E65C28"/>
+    <w:rsid w:val="00E662D7"/>
+    <w:rsid w:val="00E6671B"/>
+    <w:rsid w:val="00E677F1"/>
+    <w:rsid w:val="00E67928"/>
+    <w:rsid w:val="00E703D8"/>
+    <w:rsid w:val="00E70792"/>
+    <w:rsid w:val="00E72129"/>
+    <w:rsid w:val="00E7228F"/>
+    <w:rsid w:val="00E72855"/>
+    <w:rsid w:val="00E72E11"/>
+    <w:rsid w:val="00E73D29"/>
+    <w:rsid w:val="00E74140"/>
+    <w:rsid w:val="00E74DD6"/>
+    <w:rsid w:val="00E74F0A"/>
+    <w:rsid w:val="00E76588"/>
+    <w:rsid w:val="00E766DE"/>
+    <w:rsid w:val="00E77704"/>
+    <w:rsid w:val="00E80165"/>
+    <w:rsid w:val="00E806B0"/>
+    <w:rsid w:val="00E80716"/>
+    <w:rsid w:val="00E81EC0"/>
+    <w:rsid w:val="00E8234B"/>
+    <w:rsid w:val="00E83BD6"/>
+    <w:rsid w:val="00E84A5E"/>
+    <w:rsid w:val="00E84E40"/>
+    <w:rsid w:val="00E853EB"/>
+    <w:rsid w:val="00E859CA"/>
+    <w:rsid w:val="00E8651A"/>
+    <w:rsid w:val="00E91665"/>
+    <w:rsid w:val="00E9231F"/>
+    <w:rsid w:val="00E925FC"/>
+    <w:rsid w:val="00E92973"/>
+    <w:rsid w:val="00E92CF8"/>
+    <w:rsid w:val="00E94D4B"/>
+    <w:rsid w:val="00E97286"/>
+    <w:rsid w:val="00E97742"/>
+    <w:rsid w:val="00E97E03"/>
+    <w:rsid w:val="00EA0B1E"/>
+    <w:rsid w:val="00EA0CE2"/>
+    <w:rsid w:val="00EA1A4B"/>
+    <w:rsid w:val="00EA1E4C"/>
+    <w:rsid w:val="00EA25EA"/>
+    <w:rsid w:val="00EA420C"/>
+    <w:rsid w:val="00EA4879"/>
+    <w:rsid w:val="00EA5415"/>
+    <w:rsid w:val="00EA5E85"/>
+    <w:rsid w:val="00EA6216"/>
+    <w:rsid w:val="00EA65F2"/>
+    <w:rsid w:val="00EA6639"/>
+    <w:rsid w:val="00EA6772"/>
+    <w:rsid w:val="00EB1136"/>
+    <w:rsid w:val="00EB13D5"/>
+    <w:rsid w:val="00EB2878"/>
+    <w:rsid w:val="00EB3424"/>
+    <w:rsid w:val="00EB376C"/>
+    <w:rsid w:val="00EB4CA2"/>
+    <w:rsid w:val="00EB502F"/>
+    <w:rsid w:val="00EC0298"/>
+    <w:rsid w:val="00EC0325"/>
+    <w:rsid w:val="00EC1224"/>
+    <w:rsid w:val="00EC2117"/>
+    <w:rsid w:val="00EC2FAA"/>
+    <w:rsid w:val="00EC305C"/>
+    <w:rsid w:val="00EC382A"/>
+    <w:rsid w:val="00EC4487"/>
+    <w:rsid w:val="00EC51E3"/>
+    <w:rsid w:val="00EC5524"/>
+    <w:rsid w:val="00EC5790"/>
+    <w:rsid w:val="00EC6E43"/>
+    <w:rsid w:val="00EC7159"/>
+    <w:rsid w:val="00EC7358"/>
+    <w:rsid w:val="00EC7476"/>
+    <w:rsid w:val="00ED02AF"/>
+    <w:rsid w:val="00ED052C"/>
+    <w:rsid w:val="00ED0565"/>
+    <w:rsid w:val="00ED07D3"/>
+    <w:rsid w:val="00ED113F"/>
+    <w:rsid w:val="00ED1D44"/>
+    <w:rsid w:val="00ED3300"/>
+    <w:rsid w:val="00ED3CDE"/>
+    <w:rsid w:val="00ED3EBD"/>
+    <w:rsid w:val="00ED3F2A"/>
+    <w:rsid w:val="00EE0128"/>
+    <w:rsid w:val="00EE0847"/>
+    <w:rsid w:val="00EE1C15"/>
+    <w:rsid w:val="00EE25C7"/>
+    <w:rsid w:val="00EE2AF6"/>
+    <w:rsid w:val="00EE2EE9"/>
+    <w:rsid w:val="00EE33C3"/>
+    <w:rsid w:val="00EE3FCE"/>
+    <w:rsid w:val="00EE4AB0"/>
+    <w:rsid w:val="00EE4C58"/>
+    <w:rsid w:val="00EE4F32"/>
+    <w:rsid w:val="00EE6D62"/>
+    <w:rsid w:val="00EE75B6"/>
+    <w:rsid w:val="00EE7E9E"/>
+    <w:rsid w:val="00EF0759"/>
+    <w:rsid w:val="00EF11FD"/>
+    <w:rsid w:val="00EF1D72"/>
+    <w:rsid w:val="00EF233F"/>
+    <w:rsid w:val="00EF2509"/>
+    <w:rsid w:val="00EF2B7B"/>
+    <w:rsid w:val="00EF2DBB"/>
+    <w:rsid w:val="00EF35B1"/>
+    <w:rsid w:val="00EF3629"/>
+    <w:rsid w:val="00EF37DA"/>
+    <w:rsid w:val="00EF5635"/>
+    <w:rsid w:val="00EF60BA"/>
+    <w:rsid w:val="00EF68D4"/>
+    <w:rsid w:val="00EF7C7C"/>
+    <w:rsid w:val="00F004F8"/>
+    <w:rsid w:val="00F01909"/>
+    <w:rsid w:val="00F01E84"/>
+    <w:rsid w:val="00F02313"/>
+    <w:rsid w:val="00F03CE6"/>
+    <w:rsid w:val="00F05BE8"/>
+    <w:rsid w:val="00F10DDF"/>
+    <w:rsid w:val="00F139FA"/>
+    <w:rsid w:val="00F14AFC"/>
+    <w:rsid w:val="00F15FD5"/>
+    <w:rsid w:val="00F16B46"/>
+    <w:rsid w:val="00F16DFF"/>
+    <w:rsid w:val="00F20408"/>
+    <w:rsid w:val="00F22103"/>
+    <w:rsid w:val="00F229CE"/>
+    <w:rsid w:val="00F22EC8"/>
+    <w:rsid w:val="00F2306F"/>
+    <w:rsid w:val="00F235C5"/>
+    <w:rsid w:val="00F23B76"/>
+    <w:rsid w:val="00F23F66"/>
+    <w:rsid w:val="00F25A80"/>
+    <w:rsid w:val="00F25C49"/>
+    <w:rsid w:val="00F25EDE"/>
+    <w:rsid w:val="00F2637E"/>
+    <w:rsid w:val="00F30E8D"/>
+    <w:rsid w:val="00F313C1"/>
+    <w:rsid w:val="00F3197C"/>
+    <w:rsid w:val="00F31B19"/>
+    <w:rsid w:val="00F3228D"/>
+    <w:rsid w:val="00F32D50"/>
+    <w:rsid w:val="00F331CC"/>
+    <w:rsid w:val="00F33B74"/>
+    <w:rsid w:val="00F34568"/>
+    <w:rsid w:val="00F349FC"/>
+    <w:rsid w:val="00F35C30"/>
+    <w:rsid w:val="00F35FAB"/>
+    <w:rsid w:val="00F3602B"/>
+    <w:rsid w:val="00F375DF"/>
+    <w:rsid w:val="00F3795F"/>
+    <w:rsid w:val="00F40121"/>
+    <w:rsid w:val="00F411C5"/>
+    <w:rsid w:val="00F41B80"/>
+    <w:rsid w:val="00F420C5"/>
+    <w:rsid w:val="00F4291D"/>
+    <w:rsid w:val="00F458F3"/>
+    <w:rsid w:val="00F45C3A"/>
+    <w:rsid w:val="00F46ADA"/>
+    <w:rsid w:val="00F47D21"/>
+    <w:rsid w:val="00F50499"/>
+    <w:rsid w:val="00F506CC"/>
+    <w:rsid w:val="00F50E0B"/>
+    <w:rsid w:val="00F5374C"/>
+    <w:rsid w:val="00F55A29"/>
+    <w:rsid w:val="00F55C76"/>
+    <w:rsid w:val="00F56A87"/>
+    <w:rsid w:val="00F56C19"/>
+    <w:rsid w:val="00F57294"/>
+    <w:rsid w:val="00F60224"/>
+    <w:rsid w:val="00F60254"/>
+    <w:rsid w:val="00F60327"/>
+    <w:rsid w:val="00F60A23"/>
+    <w:rsid w:val="00F63680"/>
+    <w:rsid w:val="00F6429B"/>
+    <w:rsid w:val="00F64DEF"/>
+    <w:rsid w:val="00F65473"/>
+    <w:rsid w:val="00F657A2"/>
+    <w:rsid w:val="00F67C04"/>
+    <w:rsid w:val="00F70445"/>
+    <w:rsid w:val="00F71597"/>
+    <w:rsid w:val="00F72C53"/>
+    <w:rsid w:val="00F738DB"/>
+    <w:rsid w:val="00F73CCA"/>
+    <w:rsid w:val="00F77AF9"/>
+    <w:rsid w:val="00F77B80"/>
+    <w:rsid w:val="00F8189F"/>
+    <w:rsid w:val="00F81EE8"/>
+    <w:rsid w:val="00F820D5"/>
+    <w:rsid w:val="00F82E19"/>
+    <w:rsid w:val="00F82EA8"/>
+    <w:rsid w:val="00F8455D"/>
+    <w:rsid w:val="00F847B0"/>
+    <w:rsid w:val="00F8670C"/>
+    <w:rsid w:val="00F875E7"/>
+    <w:rsid w:val="00F877B5"/>
+    <w:rsid w:val="00F90681"/>
+    <w:rsid w:val="00F90804"/>
+    <w:rsid w:val="00F91F5A"/>
+    <w:rsid w:val="00F9279C"/>
+    <w:rsid w:val="00F92CAF"/>
+    <w:rsid w:val="00F92DE5"/>
+    <w:rsid w:val="00F970FE"/>
+    <w:rsid w:val="00F9778B"/>
+    <w:rsid w:val="00F97B1F"/>
+    <w:rsid w:val="00FA00EC"/>
+    <w:rsid w:val="00FA0921"/>
+    <w:rsid w:val="00FA17B9"/>
+    <w:rsid w:val="00FA4C5B"/>
+    <w:rsid w:val="00FA4DA5"/>
+    <w:rsid w:val="00FA4F5E"/>
+    <w:rsid w:val="00FA5739"/>
+    <w:rsid w:val="00FA650A"/>
+    <w:rsid w:val="00FA6ABF"/>
+    <w:rsid w:val="00FA6C1A"/>
+    <w:rsid w:val="00FA70C7"/>
+    <w:rsid w:val="00FB0FAE"/>
+    <w:rsid w:val="00FB13BD"/>
+    <w:rsid w:val="00FB1E0C"/>
+    <w:rsid w:val="00FB21DB"/>
+    <w:rsid w:val="00FB24EE"/>
+    <w:rsid w:val="00FB2996"/>
+    <w:rsid w:val="00FB2F3F"/>
+    <w:rsid w:val="00FB5A55"/>
+    <w:rsid w:val="00FB5AB0"/>
+    <w:rsid w:val="00FB5E92"/>
+    <w:rsid w:val="00FB64DB"/>
+    <w:rsid w:val="00FC0108"/>
+    <w:rsid w:val="00FC13DB"/>
+    <w:rsid w:val="00FC2E33"/>
+    <w:rsid w:val="00FC41CA"/>
+    <w:rsid w:val="00FC48F0"/>
+    <w:rsid w:val="00FC60B9"/>
+    <w:rsid w:val="00FD18C9"/>
+    <w:rsid w:val="00FD1FED"/>
+    <w:rsid w:val="00FD22AC"/>
+    <w:rsid w:val="00FD3242"/>
+    <w:rsid w:val="00FD361A"/>
+    <w:rsid w:val="00FD3A59"/>
+    <w:rsid w:val="00FD3ABC"/>
+    <w:rsid w:val="00FD3EAD"/>
+    <w:rsid w:val="00FD5223"/>
+    <w:rsid w:val="00FD54B7"/>
+    <w:rsid w:val="00FD551D"/>
+    <w:rsid w:val="00FD57FD"/>
+    <w:rsid w:val="00FD6B96"/>
+    <w:rsid w:val="00FD6FD4"/>
+    <w:rsid w:val="00FD7868"/>
+    <w:rsid w:val="00FD78DD"/>
+    <w:rsid w:val="00FE171B"/>
+    <w:rsid w:val="00FE27DD"/>
+    <w:rsid w:val="00FE302C"/>
+    <w:rsid w:val="00FE4398"/>
+    <w:rsid w:val="00FE45FD"/>
+    <w:rsid w:val="00FE51FF"/>
+    <w:rsid w:val="00FE56CF"/>
+    <w:rsid w:val="00FE61FF"/>
+    <w:rsid w:val="00FE678F"/>
+    <w:rsid w:val="00FE7A68"/>
+    <w:rsid w:val="00FF0B6D"/>
+    <w:rsid w:val="00FF281C"/>
+    <w:rsid w:val="00FF3083"/>
+    <w:rsid w:val="00FF3714"/>
+    <w:rsid w:val="00FF3D1F"/>
+    <w:rsid w:val="00FF4378"/>
+    <w:rsid w:val="00FF4E1C"/>
+    <w:rsid w:val="00FF5851"/>
+    <w:rsid w:val="00FF6066"/>
+    <w:rsid w:val="00FF6D43"/>
+    <w:rsid w:val="00FF7B9F"/>
+    <w:rsid w:val="00FF7C41"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{93560E63-4B1B-4FB3-9B92-0F7727B2D02B}"/>
+  <w14:docId w14:val="49C84908"/>
+  <w15:docId w15:val="{729D3252-438E-46F0-B502-0CD3364CFE20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1285,51 +23696,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1506,409 +23917,1130 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00927D8F"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="0052311A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002F2A56"/>
+    <w:rsid w:val="00F45C3A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F45C3A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00457EA1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ad"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00014F67"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00014F67"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00014F67"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00014F67"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
+    <w:name w:val="Заголовок 5 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="244061" w:themeColor="accent1" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
+    <w:name w:val="Заголовок 9 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af1">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
-    <w:name w:val="Текст выноски Знак"/>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af3"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Подзаголовок Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="af2"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af4">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="21">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af5">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af6"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Выделенная цитата Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af5"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af7">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af8">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af9">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afa">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00540140"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="afb">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="afc"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002F2A56"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00553E29"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="afc">
+    <w:name w:val="Текст концевой сноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="afb"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00553E29"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="afd">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00553E29"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDE1620D-4DDE-4A30-9367-AB50EA677362}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>453</Characters>
+  <Pages>6</Pages>
+  <Words>1033</Words>
+  <Characters>5889</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>49</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>DP_2</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>531</CharactersWithSpaces>
+  <CharactersWithSpaces>6909</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>User</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>