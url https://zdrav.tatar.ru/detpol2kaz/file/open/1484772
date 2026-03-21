--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -3,111 +3,117 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BB464F" w:rsidRPr="00BB464F" w:rsidRDefault="00014F67" w:rsidP="00417928">
+    <w:p w:rsidR="007105D3" w:rsidRPr="00203A85" w:rsidRDefault="00014F67" w:rsidP="00203A85">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF497E">
         <w:rPr>
           <w:rStyle w:val="af0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>РАСП</w:t>
       </w:r>
       <w:r w:rsidR="001A22A4">
         <w:rPr>
           <w:rStyle w:val="af0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>ИСАНИЕ   УЧАСТКОВЫХ  ПЕДИАТРОВ</w:t>
       </w:r>
       <w:r w:rsidR="00643C68">
         <w:rPr>
           <w:rStyle w:val="af0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001A22A4">
         <w:rPr>
           <w:rStyle w:val="af0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002972A1">
+      <w:r w:rsidR="001F0766">
         <w:rPr>
           <w:rStyle w:val="af0"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>02.02 – 7.02.2026</w:t>
+        <w:t>10.03 -14.03.2026</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="174"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="11335" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="703"/>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="992"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00553E29" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00553E29" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
@@ -205,51 +211,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>каб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -442,51 +448,51 @@
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ПТ.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="557"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
@@ -562,51 +568,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0012119C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>211</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -692,51 +698,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -821,51 +827,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E859CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -951,51 +957,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -1077,51 +1083,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00823D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -1210,51 +1216,51 @@
               <w:tabs>
                 <w:tab w:val="center" w:pos="317"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
@@ -1347,51 +1353,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00823D60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>212</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -1488,51 +1494,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
@@ -1608,51 +1614,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0040082A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>209</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -1738,51 +1744,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="597"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="001A6619">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
@@ -1876,51 +1882,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="001A6619">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -2051,51 +2057,51 @@
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
@@ -2196,51 +2202,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007662B7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>09</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -2349,51 +2355,51 @@
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-12</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8.</w:t>
@@ -2406,140 +2412,149 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4951"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001517A7">
-[...6 lines deleted...]
-              <w:t>Николаева Анастасия Сергеевна</w:t>
+            <w:r w:rsidR="00B24273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сабирзянова Фирдаус Масхутовна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="009E125E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4951"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">М/с </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00B24273" w:rsidRPr="00B24273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Арефьева Венера Ильдаровна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="001517A7">
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00B24273">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001517A7">
-[...6 lines deleted...]
-              <w:t>07</w:t>
+            <w:r w:rsidR="00B24273">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -2637,51 +2652,51 @@
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15-18</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9.</w:t>
@@ -2696,129 +2711,129 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="002656A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Нурмухаметова Алина Разилевна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Мс. Хуснуллина Гулия Рушановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="002B1794">
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="002656A3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="002656A3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -2904,51 +2919,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="590"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10.</w:t>
@@ -3033,51 +3048,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="009A140C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>08</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -3166,51 +3181,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="004D5020">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11.</w:t>
@@ -3313,51 +3328,51 @@
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00360897">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -3513,51 +3528,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
@@ -3642,51 +3657,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3794,187 +3809,187 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр.   </w:t>
             </w:r>
+            <w:r w:rsidR="00BE31AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Назмутдинова Рушаниия Хабилевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00171A23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">М/с </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Назмутдинова Рушиния Хабилевна</w:t>
-[...26 lines deleted...]
-              </w:rPr>
               <w:t>Гильмутдинова</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Динара Ильнуровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A25DD4">
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00BE31AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00BE31AA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -4082,51 +4097,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="277"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.</w:t>
@@ -4211,51 +4226,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="0060743F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>206</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -4341,51 +4356,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>15.</w:t>
@@ -4470,51 +4485,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="006F2596">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -4600,207 +4615,207 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр.  </w:t>
             </w:r>
+            <w:r w:rsidR="00BE31AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Егай Алина Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="009E125E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с </w:t>
+            </w:r>
+            <w:r w:rsidR="00337693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вафина Ильзира Раушановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E94D4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r w:rsidR="00E94D4B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...89 lines deleted...]
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -4919,51 +4934,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17.</w:t>
@@ -5039,51 +5054,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>213</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5202,51 +5217,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="560"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
@@ -5341,51 +5356,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -5471,51 +5486,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -5611,51 +5626,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -5741,51 +5756,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>21</w:t>
@@ -5861,51 +5876,51 @@
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00030AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>216</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -5991,51 +6006,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="005869B3">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="003624FF">
         <w:trPr>
           <w:trHeight w:val="700"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="703" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>22</w:t>
@@ -6136,51 +6151,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="004D5020" w:rsidRDefault="00B800CB" w:rsidP="00EE4AB0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D5020">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -6288,52 +6303,50 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008A48F2" w:rsidRPr="00E5121A" w:rsidRDefault="008A48F2" w:rsidP="00E5121A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001D0A75" w:rsidRPr="00E5121A" w:rsidRDefault="0041131B" w:rsidP="00E5121A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00E5121A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E5121A" w:rsidRDefault="00E5121A" w:rsidP="007C2D2B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E5121A" w:rsidRDefault="00E5121A" w:rsidP="009A140C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
@@ -7070,51 +7083,51 @@
           </w:p>
           <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="000B084D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+      <w:tr w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidTr="00127957">
         <w:trPr>
           <w:trHeight w:val="742"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>107</w:t>
@@ -7141,65 +7154,84 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кабинет приема здоровых детей</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="000B084D" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр.Нуруллина Резида Хидиятовна</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00647033" w:rsidRDefault="00647033" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Халимова Светлана Васильевна</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
@@ -7284,51 +7316,51 @@
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="000B084D" w:rsidRPr="00E5121A" w:rsidRDefault="000B084D" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="00127957">
         <w:trPr>
           <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D2B" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C2D2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>108</w:t>
@@ -7381,51 +7413,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>М/с картотеки Севрюк Дания Гафиятовна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -7561,434 +7593,454 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00DE090A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="00127957">
+        <w:trPr>
+          <w:trHeight w:val="799"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="928" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>111</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фильтр</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E5121A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>М/с Чечевицкая Наталья Юрьевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1012" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="005E70EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="852" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="005E70EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="858" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00A21AF9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="005E70EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>8-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
         <w:trPr>
           <w:trHeight w:val="799"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>111</w:t>
+              <w:t>112</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5284" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Фильтр</w:t>
-[...220 lines deleted...]
-          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
+              <w:t>Врач педиатр дежурный</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="006C1979">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Врач педиатр дежурный</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>Вр.</w:t>
+            </w:r>
+            <w:r w:rsidR="00670C26">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E5121A">
+              <w:t xml:space="preserve"> Вааль Мария Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC40FA" w:rsidRDefault="00AC40FA" w:rsidP="006C1979">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Вр.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00670C26">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Вааль Мария Сергеевна</w:t>
+              <w:t>Вр. Тихонова Татьяна Вениаминовна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00FF4378">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4422" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00FF4378">
+          <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00AC40FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ежедневно (кроме выходных) </w:t>
             </w:r>
-            <w:r w:rsidR="00FF4378">
-[...6 lines deleted...]
-              <w:t>15-19</w:t>
+            <w:r w:rsidR="00AC40FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="00127957">
         <w:trPr>
           <w:trHeight w:val="740"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -8064,51 +8116,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(исследования на гельминты)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -8291,51 +8343,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="000B084D">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="00127957">
         <w:trPr>
           <w:trHeight w:val="944"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="928" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
@@ -8401,51 +8453,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр. Габдулхакова Миляуша Салаватовна </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -8730,51 +8782,51 @@
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  ЭТАЖ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="12186" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="692"/>
         <w:gridCol w:w="4406"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
@@ -8815,51 +8867,51 @@
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Ф.И.О. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ПН.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
@@ -8959,51 +9011,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ПТ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
@@ -9068,229 +9120,149 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/с Сабирзянова Фердавс Шамилевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00F50E0B" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>12-18</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A086D" w:rsidRPr="00E5121A" w:rsidRDefault="005A086D" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...105 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9299,51 +9271,51 @@
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00515E13">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Зиновьева Софья Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -9416,51 +9388,51 @@
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="005E6B08" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="005E6B08" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="695"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
@@ -9506,51 +9478,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Коблов Виктор Николаевич</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00AC0434" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00295307" w:rsidRDefault="00670C26" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
@@ -9635,51 +9607,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00AC0434" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="600"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4406" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9699,51 +9671,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/с Безменова Марина Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="00E43F62" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
@@ -9816,51 +9788,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="856"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>214</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9923,51 +9895,51 @@
               <w:t>Файзуллина Элина Дамировна</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
@@ -10099,51 +10071,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>лекция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
@@ -10187,51 +10159,51 @@
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
@@ -10403,51 +10375,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="009531E1" w:rsidRDefault="009531E1" w:rsidP="009531E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>218</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
@@ -10499,51 +10471,51 @@
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
@@ -10715,51 +10687,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="009531E1" w:rsidRDefault="009531E1" w:rsidP="009531E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="449"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>221</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -10787,51 +10759,51 @@
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -10949,51 +10921,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>8-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00A21AF9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
@@ -11048,51 +11020,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>м/с Хусаинова Наиля Наилевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
@@ -11232,51 +11204,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
@@ -11340,51 +11312,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ст.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>м/с Муллакаева Назира Раисовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E616A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E616A0" w:rsidRDefault="003C7DF5" w:rsidP="00E616A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
@@ -11589,51 +11561,51 @@
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>9-17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="003C7DF5">
+      <w:tr w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="692" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11734,51 +11706,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003C7DF5" w:rsidRPr="00E5121A" w:rsidRDefault="003C7DF5" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
@@ -12342,51 +12314,51 @@
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C2D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>ПТ.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+      <w:tr w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1759" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -12474,51 +12446,51 @@
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B800CB" w:rsidRPr="00E5121A" w:rsidRDefault="00B800CB" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>М/с Музеева Гульнар Марселевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C2D6F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>8-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00B800CB" w:rsidRPr="007C2D6F" w:rsidRDefault="00B800CB" w:rsidP="00760012">
             <w:pPr>
@@ -12679,51 +12651,51 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4088" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1759" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
@@ -12788,211 +12760,186 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Аверьянова Татьяна Николаевна </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B21E10" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Запись на массаж в 305 каб </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00CE194A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
+              <w:t>(оч/отпуск с10.03 – 20.03)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="00F50E0B" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C2D6F">
-[...4 lines deleted...]
-            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C2D6F">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00B21E10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C2D6F">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="992" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00C54F85">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00B21E10">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>8-14</w:t>
-[...45 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="54"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1759" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4088" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13021,51 +12968,51 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="007C2D6F">
+      <w:tr w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1759" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>306,307,308,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
@@ -13135,51 +13082,51 @@
           </w:p>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B21E10" w:rsidRPr="00E5121A" w:rsidRDefault="00B21E10" w:rsidP="00E5121A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="952" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B21E10" w:rsidRPr="007C2D6F" w:rsidRDefault="00B21E10" w:rsidP="00760012">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C2D6F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>14-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13453,112 +13400,99 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A2258E" w:rsidRPr="00E5121A" w:rsidRDefault="00A2258E" w:rsidP="00097DD3">
       <w:pPr>
         <w:ind w:right="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="005A4DDB">
       <w:pPr>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="005A4DDB">
+    <w:p w:rsidR="00122C2C" w:rsidRDefault="00122C2C" w:rsidP="00122C2C">
       <w:pPr>
         <w:ind w:right="-709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="005A4DDB">
-[...11 lines deleted...]
-    <w:p w:rsidR="009413DB" w:rsidRPr="00E5121A" w:rsidRDefault="008D411D" w:rsidP="005A4DDB">
+    <w:p w:rsidR="009413DB" w:rsidRPr="00E5121A" w:rsidRDefault="008D411D" w:rsidP="00122C2C">
       <w:pPr>
         <w:ind w:right="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E5121A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>IV этаж</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="10660" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="662"/>
         <w:gridCol w:w="4093"/>
         <w:gridCol w:w="1153"/>
-        <w:gridCol w:w="1067"/>
-        <w:gridCol w:w="1171"/>
+        <w:gridCol w:w="1209"/>
+        <w:gridCol w:w="1029"/>
         <w:gridCol w:w="1190"/>
         <w:gridCol w:w="1324"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00F45478">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -13607,77 +13541,77 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>пн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -13710,51 +13644,51 @@
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>пт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>401</w:t>
             </w:r>
@@ -13815,112 +13749,112 @@
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/с Садирова Ильгиза Ильгизовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="005A4DDB" w:rsidRDefault="005A4DDB" w:rsidP="005A4DDB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>45</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00ED07D3" w:rsidRDefault="00ED07D3" w:rsidP="005A4DDB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -13965,51 +13899,51 @@
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>401</w:t>
@@ -14042,93 +13976,93 @@
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0060579E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Зиновьева Софья Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="0005533D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="005A086D" w:rsidRDefault="005A086D" w:rsidP="005A086D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -14140,63 +14074,54 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00035442" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00035442">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="618"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>401</w:t>
@@ -14229,143 +14154,143 @@
           </w:p>
           <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="0065584C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0065584C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Прием детей 1 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="0005533D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="009413DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0065584C" w:rsidRPr="00035442" w:rsidRDefault="0065584C" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>402</w:t>
@@ -14374,145 +14299,174 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аллерголог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="0005533D" w:rsidRDefault="00C77E32" w:rsidP="00F738DB">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="00F738DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Файзиева Мадинахон Мухитдиновна</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00695E75" w:rsidRPr="00DB47D9" w:rsidRDefault="00695E75" w:rsidP="00F738DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB47D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м/с Гадиева Дина Рамилевна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00144BDC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00122C2C" w:rsidP="00D47BB9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="00EF5635">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-1</w:t>
             </w:r>
             <w:r w:rsidR="00EF5635">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -14554,51 +14508,51 @@
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="658"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>403</w:t>
@@ -14654,51 +14608,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="840"/>
                 <w:tab w:val="center" w:pos="1985"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">м/с.Малашина Ирина Владимировна        </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="005E70EA" w:rsidRDefault="00C77E32" w:rsidP="00806AF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E70EA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -14720,78 +14674,87 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-17</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00AE20BF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="008C20CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="008A317D" w:rsidRDefault="00C77E32" w:rsidP="008A317D">
-[...13 lines deleted...]
-            <w:tcW w:w="1171" w:type="dxa"/>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="008A317D" w:rsidRDefault="003624FF" w:rsidP="008A317D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Дети до 1 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="004102C7" w:rsidRDefault="00C77E32" w:rsidP="00295307">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
@@ -14860,51 +14823,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00347D4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00295307">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="69"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>404</w:t>
@@ -14987,104 +14950,104 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>м/с.</w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Аблиева Бибигуль Айткалиевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E32642" w:rsidRDefault="00ED07D3" w:rsidP="00D47BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>16-19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="00BC294F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="001D580E" w:rsidRDefault="00C77E32" w:rsidP="003C039C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
+            <w:tcW w:w="1029" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00295307" w:rsidRDefault="00C77E32" w:rsidP="008A317D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -15113,51 +15076,51 @@
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>404</w:t>
             </w:r>
@@ -15200,3720 +15163,3763 @@
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Галяутдинова Гузаль Закариевна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00B345D8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00AC4369" w:rsidRDefault="00AB7E01" w:rsidP="0045264D">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00F45478" w:rsidRDefault="00C77E32" w:rsidP="00811A31">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00C77E32" w:rsidRPr="00AC4369" w:rsidRDefault="00177B15" w:rsidP="0045264D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
-              <w:t>15-18</w:t>
+              <w:t>9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00597E1E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00284C06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="396"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidRDefault="00CA05E5" w:rsidP="009413DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>404</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="001A166B" w:rsidRDefault="001A166B" w:rsidP="009413DB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>УЗИ</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00CA05E5" w:rsidRDefault="00CA05E5" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA05E5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр.Зиннурова Наиля Ильфировна</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidRDefault="00CA05E5" w:rsidP="009413DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00CA05E5" w:rsidRPr="004102C7" w:rsidRDefault="00CA05E5" w:rsidP="004102C7">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00F45478" w:rsidRDefault="00F45478" w:rsidP="004102C7">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F45478">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00694C28" w:rsidRDefault="00694C28" w:rsidP="00CA05E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>10</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>-11</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>50</w:t>
-            </w:r>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00DF45EE" w:rsidRDefault="003624FF" w:rsidP="00AE6805">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>8-11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00DF45EE" w:rsidRDefault="00CA05E5" w:rsidP="00EF5635">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>26</w:t>
-[...13 lines deleted...]
-                <w:b/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA05E5" w:rsidRPr="00CA05E5" w:rsidRDefault="00CA05E5" w:rsidP="00CA05E5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...95 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="726"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>405</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ПСИХИАТР</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вахитова Диана Раветовна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00680443">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/с Муртазина Елена Петровна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-13</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="001E0D0B" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
-[...33 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00961B16" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="001E0D0B" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00961B16" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005E7887">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-13</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="676"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>406</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ОКУЛИСТ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Ахатова Олеся Вячеславовна</w:t>
             </w:r>
             <w:r w:rsidRPr="00284C06">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D67DCA">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/с Дадукова Надежда Владимировна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00BC294F">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дети до 1 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="001D580E" w:rsidRDefault="00C77E32" w:rsidP="0045264D">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="001D580E" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0045264D">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00C13C02" w:rsidRDefault="00C77E32" w:rsidP="00C52796">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="001A166B" w:rsidRDefault="001A166B" w:rsidP="001A166B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A166B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="703"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>407</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Эндокринолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Аминова Альмира Рифкатовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="005344AA">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="0002720E">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00ED07D3" w:rsidP="0002720E">
+          <w:p w:rsidR="00EB6791" w:rsidRPr="00E5121A" w:rsidRDefault="00EB6791" w:rsidP="00EB6791">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>408</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ФГДС</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Бурханов Ринат Рифкатович</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00ED07D3" w:rsidRDefault="00ED07D3" w:rsidP="00284C06">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00ED07D3" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="0084272A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0084272A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="0084272A" w:rsidRDefault="00C77E32" w:rsidP="00D47BB9">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0084272A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>45</w:t>
+              <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00ED07D3" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DE1DE0" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Иммунолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DE1DE0" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Сафина Луиза Закареевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00F45478" w:rsidRDefault="00F45478" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>10-12</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00D47BB9">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DE1DE0" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЛОГОПЕД</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE1DE0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Вр. Кузьмина Оксана Анатольевна</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="001A166B" w:rsidRPr="00DE1DE0" w:rsidRDefault="001A166B" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(бол/лист )</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00284C06">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00F45478" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>14-17</w:t>
-[...25 lines deleted...]
-          <w:p w:rsidR="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="00D47BB9">
+              <w:t>14-18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
-[...16 lines deleted...]
-              <w:t>14-17</w:t>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DE1DE0" w:rsidRDefault="00F45478" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>14-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DE1DE0" w:rsidRPr="00E5121A" w:rsidRDefault="00DE1DE0" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD7249" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>409</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DD7249" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Психолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DD7249" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр.Сиразиев Рустем Зиннурович</w:t>
             </w:r>
+            <w:r w:rsidR="00AB4526">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB4526" w:rsidRPr="00AB4526">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(оч/отп 4.03-24.03)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...53 lines deleted...]
-            </w:r>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD7249" w:rsidRPr="00DE1DE0" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DE1DE0" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD7249" w:rsidRPr="00E5121A" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C045FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="734"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>414</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C045FD" w:rsidRPr="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C045FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C045FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ЗАВЕДУЮЩАЯ ШК.ДОШК. ОТД. №1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C045FD" w:rsidRPr="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C045FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C045FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Халилова Светлана Фердинандовна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C045FD" w:rsidRPr="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C045FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C045FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ст. м/с Вахитова Резеда Нихатовна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="00284C06">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00C045FD" w:rsidRDefault="00C045FD" w:rsidP="00D47BB9">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C045FD" w:rsidRPr="00DE1DE0" w:rsidRDefault="00C045FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DE1DE0" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12-17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C045FD" w:rsidRPr="00E5121A" w:rsidRDefault="00C045FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="808"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
-[...10 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00DD2B4F">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ГАСТРОЭНТЕРОЛОГ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="004E6444" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="004E6444" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вр. Тулупова Елена Валентиновна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>с Морозова Надежда Александровна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00DF45EE" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DF45EE" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>13-17</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA54A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00832E54" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>8-12</w:t>
             </w:r>
-            <w:r w:rsidR="00DF45EE">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00832E54" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13-17</w:t>
             </w:r>
-            <w:r w:rsidR="00832E54">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-12</w:t>
             </w:r>
-            <w:r w:rsidR="00B345D8">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1190" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>13-17</w:t>
             </w:r>
-            <w:r w:rsidR="00B345D8">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="522"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00DD7249" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>415</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DD7249" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>НЕФРОЛОГ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DD7249" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DD7249" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Вр. Пудовик Татьяна Владимировна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00DD7249" w:rsidRDefault="00DD7249" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00DD7249" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD7249">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>М/с Степанова Татьяна Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00AB4526">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>8-12</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA54A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>13-17</w:t>
             </w:r>
-            <w:r w:rsidR="00B345D8">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00C52796" w:rsidP="00AE6805">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-12</w:t>
             </w:r>
-            <w:r w:rsidR="00B345D8">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00843CDE" w:rsidP="00EF5635">
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00B345D8" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13-17</w:t>
             </w:r>
-            <w:r w:rsidR="00B345D8">
+            <w:r w:rsidR="00CA54A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1190" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00B345D8" w:rsidRDefault="00843CDE" w:rsidP="00EF5635">
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00EF5635" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8-12</w:t>
             </w:r>
-            <w:r w:rsidR="00B345D8">
+            <w:r w:rsidR="00CA54A9" w:rsidRPr="00EF5635">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00177B15">
         <w:trPr>
           <w:trHeight w:val="524"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
-[...29 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>416</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00C045FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C045FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C045FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Вр. Атландерова Галина Николаевна</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00C045FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C045FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C045FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>м/с. Гильметдинова Гульфия Гирфановна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00A90324" w:rsidP="0002720E">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00A90324" w:rsidP="0002720E">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Дети до 1 года</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="005E7887" w:rsidRDefault="00FE45FD" w:rsidP="0002720E">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="005E7887" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00A90324" w:rsidP="0002720E">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13-16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="000D2992" w:rsidRDefault="00FE45FD" w:rsidP="0002720E">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="000D2992" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>УЗИ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Вр. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Хабибуллина Резеда Ахметзагировна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00C045FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C045FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="0059209B">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00FE45FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14-18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="0059209B">
-[...37 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="0059209B" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0059209B" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14-18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
-[...10 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="003E6231">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
-[...10 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00FE45FD" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE45FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>14-18</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE45FD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="0059209B" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0059209B" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Вр. Анисимова А.В</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CA05E5" w:rsidRPr="00E5121A" w:rsidRDefault="00CA05E5" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRPr="00E5121A" w:rsidRDefault="00D020E7" w:rsidP="00FE45FD">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>17-18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="00770289">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00FE45FD" w:rsidRDefault="00FE45FD" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidTr="00FE45FD">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00FE45FD">
         <w:trPr>
           <w:gridAfter w:val="6"/>
           <w:wAfter w:w="9998" w:type="dxa"/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidRDefault="00E853EB" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidTr="00E853EB">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00E853EB">
         <w:trPr>
           <w:gridAfter w:val="6"/>
           <w:wAfter w:w="9998" w:type="dxa"/>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00E853EB" w:rsidRPr="00E5121A" w:rsidRDefault="00E853EB" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00DD2B4F" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00DD2B4F" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>417</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАБИНЕТ ФУНК. ДИАГНОСТИКИ (ЭКГ)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="0065584C" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0065584C" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0065584C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Вр. Гилазутдинова Гузель Энваровна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
-[...10 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00C50CC1" w:rsidRDefault="00C77E32" w:rsidP="00B03B22">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00C50CC1" w:rsidRDefault="009049C0" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>12-17</w:t>
-[...8 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00C964E7">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA54A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Дети до</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="00C964E7">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1 года</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001517A7" w:rsidRPr="00E5121A" w:rsidRDefault="001517A7" w:rsidP="00C964E7">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00694C28" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>11-12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="001517A7" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00694C28" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-              </w:rPr>
-[...64 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11-12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0065584C" w:rsidRPr="00DD2B4F" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00DD2B4F" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>417</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0065584C" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0065584C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАРДИОЛОГ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0065584C" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0065584C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>Вр.Бурханова Айгюль Альбертовна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0065584C" w:rsidRPr="00E5121A" w:rsidRDefault="0065584C" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="000B03E8">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0065584C" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0065584C" w:rsidRPr="0065584C" w:rsidRDefault="0065584C" w:rsidP="000B03E8">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0065584C" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -18925,1029 +18931,1010 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0065584C" w:rsidRDefault="0065584C" w:rsidP="000B03E8">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>418</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="0065584C" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0065584C" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0065584C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Невропатолог</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Вр. Магина Ольга Генадьевна</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Мс. Фазлулина Гульнара Галимзяновна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00686B4E" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00686B4E" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00686B4E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...9 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="009049C0" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00686B4E" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8-14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1190" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00347D4E" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00686B4E" w:rsidRDefault="00AB4526" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...41 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>419</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Фвд</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="003E6231" w:rsidRDefault="00D020E7" w:rsidP="001D1289">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00FE1959" w:rsidRDefault="00FE1959" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15-15</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E6231">
+              <w:t>14-14</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>419</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Эхо-эг</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="003E6231" w:rsidRDefault="00D020E7" w:rsidP="001D1289">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="003E6231" w:rsidRDefault="00FE1959" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>15</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E6231">
+              <w:t>14</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-15</w:t>
             </w:r>
-            <w:r w:rsidR="003E6231">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1324" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>50</w:t>
-[...17 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>419</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5121A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Рэг</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002D6A9C">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="002E713A">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidTr="00936F6C">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="0081422A" w:rsidRDefault="00C77E32" w:rsidP="00690D68">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="0081422A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="006C13AE" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="008045C9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="006C13AE" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="006C13AE" w:rsidRDefault="00C77E32" w:rsidP="00F16B46">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="006C13AE" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF0C9B" w:rsidRPr="00AF0C9B" w:rsidRDefault="00AF0C9B" w:rsidP="00F16B46">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00AF0C9B" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="379"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C77E32" w:rsidRPr="00FE678F" w:rsidTr="00DF11E7">
+      <w:tr w:rsidR="00CA54A9" w:rsidRPr="00FE678F" w:rsidTr="00F45478">
         <w:trPr>
           <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00010B73">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1153" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="00D25258">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:pStyle w:val="a9"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1067" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="008F4166" w:rsidRDefault="00C77E32" w:rsidP="00FF3D1F">
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="008F4166" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1171" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C77E32" w:rsidRPr="00E5121A" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+            <w:tcW w:w="1029" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="00E5121A" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRPr="008F4166" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRPr="008F4166" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1324" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00C77E32" w:rsidRDefault="00C77E32" w:rsidP="009413DB">
+          <w:p w:rsidR="00CA54A9" w:rsidRDefault="00CA54A9" w:rsidP="00CA54A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="379"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F411C5" w:rsidRPr="00FE678F" w:rsidRDefault="00F411C5" w:rsidP="00006D80">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -19992,61 +19979,61 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00006D80" w:rsidRPr="00EF2B7B" w:rsidSect="00A92696">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="568" w:right="424" w:bottom="284" w:left="284" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+    <w:p w:rsidR="003624FF" w:rsidRDefault="003624FF" w:rsidP="00014F67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+    <w:p w:rsidR="003624FF" w:rsidRDefault="003624FF" w:rsidP="00014F67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -20078,61 +20065,61 @@
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+    <w:p w:rsidR="003624FF" w:rsidRDefault="003624FF" w:rsidP="00014F67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AB7E01" w:rsidRDefault="00AB7E01" w:rsidP="00014F67">
+    <w:p w:rsidR="003624FF" w:rsidRDefault="003624FF" w:rsidP="00014F67">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08A66DA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="703659D2"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -20805,50 +20792,51 @@
     <w:rsid w:val="00072823"/>
     <w:rsid w:val="000733B0"/>
     <w:rsid w:val="00073AB8"/>
     <w:rsid w:val="00074CE7"/>
     <w:rsid w:val="000760E0"/>
     <w:rsid w:val="000768FD"/>
     <w:rsid w:val="00076D5E"/>
     <w:rsid w:val="00077204"/>
     <w:rsid w:val="00080CEF"/>
     <w:rsid w:val="000818FB"/>
     <w:rsid w:val="0008393A"/>
     <w:rsid w:val="00083CE3"/>
     <w:rsid w:val="000852E3"/>
     <w:rsid w:val="00085B14"/>
     <w:rsid w:val="00085BE9"/>
     <w:rsid w:val="000868FF"/>
     <w:rsid w:val="00086A9D"/>
     <w:rsid w:val="00090FA3"/>
     <w:rsid w:val="000913BD"/>
     <w:rsid w:val="00091C0D"/>
     <w:rsid w:val="00091D04"/>
     <w:rsid w:val="00092945"/>
     <w:rsid w:val="00092D9C"/>
     <w:rsid w:val="00093215"/>
     <w:rsid w:val="000934A6"/>
+    <w:rsid w:val="0009350F"/>
     <w:rsid w:val="000939D4"/>
     <w:rsid w:val="00093B96"/>
     <w:rsid w:val="00093C6E"/>
     <w:rsid w:val="000940A4"/>
     <w:rsid w:val="00097BFF"/>
     <w:rsid w:val="00097DD3"/>
     <w:rsid w:val="000A1481"/>
     <w:rsid w:val="000A22A7"/>
     <w:rsid w:val="000A347F"/>
     <w:rsid w:val="000A3EE4"/>
     <w:rsid w:val="000A4CD1"/>
     <w:rsid w:val="000A579E"/>
     <w:rsid w:val="000A5FC5"/>
     <w:rsid w:val="000A6C9D"/>
     <w:rsid w:val="000A6E84"/>
     <w:rsid w:val="000B03E8"/>
     <w:rsid w:val="000B084D"/>
     <w:rsid w:val="000B0C64"/>
     <w:rsid w:val="000B1A8D"/>
     <w:rsid w:val="000B1F92"/>
     <w:rsid w:val="000B3632"/>
     <w:rsid w:val="000B4FC1"/>
     <w:rsid w:val="000B6931"/>
     <w:rsid w:val="000B6B78"/>
     <w:rsid w:val="000B6CD9"/>
@@ -20894,131 +20882,136 @@
     <w:rsid w:val="001066B7"/>
     <w:rsid w:val="00106AFF"/>
     <w:rsid w:val="001071FE"/>
     <w:rsid w:val="0010724E"/>
     <w:rsid w:val="00107801"/>
     <w:rsid w:val="00107D0F"/>
     <w:rsid w:val="00107FA6"/>
     <w:rsid w:val="00110638"/>
     <w:rsid w:val="00110D42"/>
     <w:rsid w:val="00111262"/>
     <w:rsid w:val="001113C0"/>
     <w:rsid w:val="001125FB"/>
     <w:rsid w:val="001127AF"/>
     <w:rsid w:val="0011339C"/>
     <w:rsid w:val="0011448A"/>
     <w:rsid w:val="001147C8"/>
     <w:rsid w:val="00114B03"/>
     <w:rsid w:val="00115823"/>
     <w:rsid w:val="001207D2"/>
     <w:rsid w:val="00120C22"/>
     <w:rsid w:val="0012119C"/>
     <w:rsid w:val="00121DC4"/>
     <w:rsid w:val="0012291B"/>
     <w:rsid w:val="001229A9"/>
     <w:rsid w:val="00122B95"/>
+    <w:rsid w:val="00122C2C"/>
     <w:rsid w:val="001231AB"/>
     <w:rsid w:val="0012376A"/>
     <w:rsid w:val="00124D05"/>
     <w:rsid w:val="00124E96"/>
     <w:rsid w:val="00125D63"/>
     <w:rsid w:val="00126F41"/>
     <w:rsid w:val="001272B9"/>
+    <w:rsid w:val="00127957"/>
     <w:rsid w:val="00130C19"/>
     <w:rsid w:val="001315C0"/>
     <w:rsid w:val="0013168D"/>
     <w:rsid w:val="001323F8"/>
     <w:rsid w:val="00134110"/>
     <w:rsid w:val="001359B3"/>
     <w:rsid w:val="001360F6"/>
+    <w:rsid w:val="001360FB"/>
     <w:rsid w:val="00136501"/>
     <w:rsid w:val="00136B3E"/>
     <w:rsid w:val="00137379"/>
     <w:rsid w:val="00141A7D"/>
     <w:rsid w:val="00141D24"/>
     <w:rsid w:val="0014302C"/>
     <w:rsid w:val="001439D1"/>
     <w:rsid w:val="001445C2"/>
     <w:rsid w:val="00144BDC"/>
     <w:rsid w:val="00144DE2"/>
     <w:rsid w:val="00145197"/>
     <w:rsid w:val="00145C94"/>
     <w:rsid w:val="00147690"/>
     <w:rsid w:val="0015075C"/>
     <w:rsid w:val="0015127E"/>
     <w:rsid w:val="001517A7"/>
     <w:rsid w:val="001525F8"/>
     <w:rsid w:val="001528B4"/>
     <w:rsid w:val="00152AF6"/>
     <w:rsid w:val="00156280"/>
     <w:rsid w:val="00157130"/>
     <w:rsid w:val="0016071A"/>
     <w:rsid w:val="0016147C"/>
     <w:rsid w:val="001623AA"/>
     <w:rsid w:val="00162418"/>
     <w:rsid w:val="001624FF"/>
     <w:rsid w:val="001637BF"/>
     <w:rsid w:val="00164A2E"/>
     <w:rsid w:val="0016636D"/>
     <w:rsid w:val="00166AB3"/>
     <w:rsid w:val="00167868"/>
     <w:rsid w:val="00170169"/>
     <w:rsid w:val="00170842"/>
     <w:rsid w:val="00170B0E"/>
     <w:rsid w:val="00170E55"/>
     <w:rsid w:val="00171A23"/>
     <w:rsid w:val="00172514"/>
     <w:rsid w:val="0017469A"/>
     <w:rsid w:val="00174D00"/>
     <w:rsid w:val="00175707"/>
     <w:rsid w:val="00175791"/>
     <w:rsid w:val="0017649D"/>
     <w:rsid w:val="0017658B"/>
     <w:rsid w:val="0017732F"/>
     <w:rsid w:val="001777B7"/>
     <w:rsid w:val="00177952"/>
+    <w:rsid w:val="00177B15"/>
     <w:rsid w:val="00177BB1"/>
     <w:rsid w:val="001801AB"/>
     <w:rsid w:val="00181A02"/>
     <w:rsid w:val="001824DB"/>
     <w:rsid w:val="001841D1"/>
     <w:rsid w:val="001854E1"/>
     <w:rsid w:val="00186691"/>
     <w:rsid w:val="00187A33"/>
     <w:rsid w:val="00190AF6"/>
     <w:rsid w:val="00191087"/>
     <w:rsid w:val="0019121B"/>
     <w:rsid w:val="00193B07"/>
     <w:rsid w:val="00193DF9"/>
     <w:rsid w:val="00195B9C"/>
     <w:rsid w:val="00195D88"/>
     <w:rsid w:val="00195F20"/>
     <w:rsid w:val="0019663A"/>
     <w:rsid w:val="00197DB3"/>
     <w:rsid w:val="00197DBE"/>
     <w:rsid w:val="00197E23"/>
     <w:rsid w:val="001A0D0B"/>
+    <w:rsid w:val="001A166B"/>
     <w:rsid w:val="001A20E9"/>
     <w:rsid w:val="001A22A4"/>
     <w:rsid w:val="001A292D"/>
     <w:rsid w:val="001A29AB"/>
     <w:rsid w:val="001A2E2D"/>
     <w:rsid w:val="001A35A1"/>
     <w:rsid w:val="001A3972"/>
     <w:rsid w:val="001A3BEB"/>
     <w:rsid w:val="001A3EA4"/>
     <w:rsid w:val="001A468E"/>
     <w:rsid w:val="001A4874"/>
     <w:rsid w:val="001A4EAF"/>
     <w:rsid w:val="001A5724"/>
     <w:rsid w:val="001A62B6"/>
     <w:rsid w:val="001A6342"/>
     <w:rsid w:val="001A63A5"/>
     <w:rsid w:val="001A6465"/>
     <w:rsid w:val="001A6619"/>
     <w:rsid w:val="001B0BE5"/>
     <w:rsid w:val="001B0F76"/>
     <w:rsid w:val="001B1283"/>
     <w:rsid w:val="001B1932"/>
     <w:rsid w:val="001B1D49"/>
     <w:rsid w:val="001B2ACC"/>
     <w:rsid w:val="001B363E"/>
@@ -21048,70 +21041,72 @@
     <w:rsid w:val="001D3E82"/>
     <w:rsid w:val="001D452D"/>
     <w:rsid w:val="001D492C"/>
     <w:rsid w:val="001D580E"/>
     <w:rsid w:val="001E0899"/>
     <w:rsid w:val="001E0938"/>
     <w:rsid w:val="001E0C58"/>
     <w:rsid w:val="001E0D0B"/>
     <w:rsid w:val="001E0E27"/>
     <w:rsid w:val="001E1064"/>
     <w:rsid w:val="001E1552"/>
     <w:rsid w:val="001E2131"/>
     <w:rsid w:val="001E2A04"/>
     <w:rsid w:val="001E3ACC"/>
     <w:rsid w:val="001E4573"/>
     <w:rsid w:val="001E476B"/>
     <w:rsid w:val="001E4C7E"/>
     <w:rsid w:val="001E4FB7"/>
     <w:rsid w:val="001E5004"/>
     <w:rsid w:val="001E6711"/>
     <w:rsid w:val="001E68AC"/>
     <w:rsid w:val="001E6D26"/>
     <w:rsid w:val="001E6E2E"/>
     <w:rsid w:val="001E6FE1"/>
     <w:rsid w:val="001F0188"/>
+    <w:rsid w:val="001F0766"/>
     <w:rsid w:val="001F2E33"/>
     <w:rsid w:val="001F317A"/>
     <w:rsid w:val="001F3202"/>
     <w:rsid w:val="001F3408"/>
     <w:rsid w:val="001F386A"/>
     <w:rsid w:val="001F4178"/>
     <w:rsid w:val="001F4CD4"/>
     <w:rsid w:val="001F6626"/>
     <w:rsid w:val="001F6988"/>
     <w:rsid w:val="001F699D"/>
     <w:rsid w:val="001F7195"/>
     <w:rsid w:val="001F7B7A"/>
     <w:rsid w:val="00200069"/>
     <w:rsid w:val="00200B3F"/>
     <w:rsid w:val="0020146C"/>
     <w:rsid w:val="00201EB1"/>
     <w:rsid w:val="00201F98"/>
     <w:rsid w:val="00203259"/>
     <w:rsid w:val="0020372D"/>
     <w:rsid w:val="00203A50"/>
+    <w:rsid w:val="00203A85"/>
     <w:rsid w:val="00203C0B"/>
     <w:rsid w:val="002046C3"/>
     <w:rsid w:val="0020474F"/>
     <w:rsid w:val="00204A9F"/>
     <w:rsid w:val="00204F77"/>
     <w:rsid w:val="00205292"/>
     <w:rsid w:val="002053EB"/>
     <w:rsid w:val="0020577A"/>
     <w:rsid w:val="00205A6B"/>
     <w:rsid w:val="00206134"/>
     <w:rsid w:val="002063E4"/>
     <w:rsid w:val="00207CE1"/>
     <w:rsid w:val="0021022C"/>
     <w:rsid w:val="00211129"/>
     <w:rsid w:val="0021124C"/>
     <w:rsid w:val="002113E1"/>
     <w:rsid w:val="00212192"/>
     <w:rsid w:val="002123F2"/>
     <w:rsid w:val="0021247D"/>
     <w:rsid w:val="0021260B"/>
     <w:rsid w:val="002134DC"/>
     <w:rsid w:val="002136BF"/>
     <w:rsid w:val="002144AE"/>
     <w:rsid w:val="00214E34"/>
     <w:rsid w:val="00216D23"/>
@@ -21138,59 +21133,62 @@
     <w:rsid w:val="00237FE1"/>
     <w:rsid w:val="00240214"/>
     <w:rsid w:val="00240C14"/>
     <w:rsid w:val="002412F0"/>
     <w:rsid w:val="0024136C"/>
     <w:rsid w:val="00241E1F"/>
     <w:rsid w:val="00244144"/>
     <w:rsid w:val="002447FE"/>
     <w:rsid w:val="00244E18"/>
     <w:rsid w:val="00246F3A"/>
     <w:rsid w:val="002477A8"/>
     <w:rsid w:val="0024792E"/>
     <w:rsid w:val="00251447"/>
     <w:rsid w:val="0025240C"/>
     <w:rsid w:val="00252D7F"/>
     <w:rsid w:val="002548D5"/>
     <w:rsid w:val="00254C0F"/>
     <w:rsid w:val="00255469"/>
     <w:rsid w:val="00255E64"/>
     <w:rsid w:val="00257297"/>
     <w:rsid w:val="002606D8"/>
     <w:rsid w:val="002609A5"/>
     <w:rsid w:val="002628B1"/>
     <w:rsid w:val="00263ADE"/>
     <w:rsid w:val="00264D97"/>
+    <w:rsid w:val="002656A3"/>
     <w:rsid w:val="00266810"/>
     <w:rsid w:val="00266CAD"/>
     <w:rsid w:val="00266D71"/>
     <w:rsid w:val="002676DC"/>
     <w:rsid w:val="00267F7C"/>
     <w:rsid w:val="00271494"/>
     <w:rsid w:val="00271A6B"/>
+    <w:rsid w:val="002722BA"/>
     <w:rsid w:val="00273D80"/>
     <w:rsid w:val="00273EF4"/>
+    <w:rsid w:val="00274403"/>
     <w:rsid w:val="0027639C"/>
     <w:rsid w:val="002766B9"/>
     <w:rsid w:val="00276CC8"/>
     <w:rsid w:val="00276CF3"/>
     <w:rsid w:val="0027792F"/>
     <w:rsid w:val="002809B0"/>
     <w:rsid w:val="00281713"/>
     <w:rsid w:val="00282341"/>
     <w:rsid w:val="0028292B"/>
     <w:rsid w:val="002835E1"/>
     <w:rsid w:val="0028490B"/>
     <w:rsid w:val="00284959"/>
     <w:rsid w:val="00284C06"/>
     <w:rsid w:val="0028648F"/>
     <w:rsid w:val="00287C47"/>
     <w:rsid w:val="00287CC2"/>
     <w:rsid w:val="00290D77"/>
     <w:rsid w:val="0029220A"/>
     <w:rsid w:val="00292D8E"/>
     <w:rsid w:val="00294394"/>
     <w:rsid w:val="002943E6"/>
     <w:rsid w:val="00294480"/>
     <w:rsid w:val="0029479A"/>
     <w:rsid w:val="00295307"/>
     <w:rsid w:val="0029534F"/>
@@ -21239,50 +21237,51 @@
     <w:rsid w:val="002D1CB9"/>
     <w:rsid w:val="002D295E"/>
     <w:rsid w:val="002D2E56"/>
     <w:rsid w:val="002D4420"/>
     <w:rsid w:val="002D486F"/>
     <w:rsid w:val="002D5EF7"/>
     <w:rsid w:val="002D6A9C"/>
     <w:rsid w:val="002D6DF5"/>
     <w:rsid w:val="002D7060"/>
     <w:rsid w:val="002D71C6"/>
     <w:rsid w:val="002D7FDE"/>
     <w:rsid w:val="002E0189"/>
     <w:rsid w:val="002E0BA8"/>
     <w:rsid w:val="002E3367"/>
     <w:rsid w:val="002E4429"/>
     <w:rsid w:val="002E4509"/>
     <w:rsid w:val="002E6171"/>
     <w:rsid w:val="002E713A"/>
     <w:rsid w:val="002E7289"/>
     <w:rsid w:val="002E76D0"/>
     <w:rsid w:val="002E7859"/>
     <w:rsid w:val="002F0710"/>
     <w:rsid w:val="002F0BCF"/>
     <w:rsid w:val="002F3BE6"/>
     <w:rsid w:val="002F4CC2"/>
+    <w:rsid w:val="002F6443"/>
     <w:rsid w:val="002F6D4E"/>
     <w:rsid w:val="002F6ED9"/>
     <w:rsid w:val="002F75D2"/>
     <w:rsid w:val="002F7F97"/>
     <w:rsid w:val="002F7FBA"/>
     <w:rsid w:val="00303BBF"/>
     <w:rsid w:val="00304F57"/>
     <w:rsid w:val="003055B0"/>
     <w:rsid w:val="00305DD3"/>
     <w:rsid w:val="0031063D"/>
     <w:rsid w:val="0031074E"/>
     <w:rsid w:val="00312712"/>
     <w:rsid w:val="003127D0"/>
     <w:rsid w:val="003139B2"/>
     <w:rsid w:val="00313AC4"/>
     <w:rsid w:val="0031412C"/>
     <w:rsid w:val="0031424F"/>
     <w:rsid w:val="00314FFA"/>
     <w:rsid w:val="003155EC"/>
     <w:rsid w:val="003155FD"/>
     <w:rsid w:val="003160A7"/>
     <w:rsid w:val="00316BA6"/>
     <w:rsid w:val="00316D9A"/>
     <w:rsid w:val="00317736"/>
     <w:rsid w:val="0031791C"/>
@@ -21291,119 +21290,123 @@
     <w:rsid w:val="00323EEE"/>
     <w:rsid w:val="00323FB2"/>
     <w:rsid w:val="0032518D"/>
     <w:rsid w:val="00325E56"/>
     <w:rsid w:val="00325F1D"/>
     <w:rsid w:val="00327215"/>
     <w:rsid w:val="003317A3"/>
     <w:rsid w:val="003339DB"/>
     <w:rsid w:val="003343F7"/>
     <w:rsid w:val="00335E46"/>
     <w:rsid w:val="00337693"/>
     <w:rsid w:val="00340808"/>
     <w:rsid w:val="0034187D"/>
     <w:rsid w:val="003418CD"/>
     <w:rsid w:val="0034254D"/>
     <w:rsid w:val="0034402F"/>
     <w:rsid w:val="00344F2F"/>
     <w:rsid w:val="00344F42"/>
     <w:rsid w:val="003457DE"/>
     <w:rsid w:val="003459C2"/>
     <w:rsid w:val="00345FF0"/>
     <w:rsid w:val="00346306"/>
     <w:rsid w:val="00347208"/>
     <w:rsid w:val="00347D4E"/>
     <w:rsid w:val="00351386"/>
+    <w:rsid w:val="00351448"/>
     <w:rsid w:val="00353B73"/>
     <w:rsid w:val="00353C26"/>
     <w:rsid w:val="00353D85"/>
     <w:rsid w:val="00354E3D"/>
     <w:rsid w:val="00355167"/>
     <w:rsid w:val="003558D9"/>
     <w:rsid w:val="00355996"/>
     <w:rsid w:val="003565E8"/>
     <w:rsid w:val="00360897"/>
     <w:rsid w:val="00360C24"/>
     <w:rsid w:val="003619DD"/>
     <w:rsid w:val="00361A35"/>
     <w:rsid w:val="003623B8"/>
+    <w:rsid w:val="003624FF"/>
     <w:rsid w:val="0036250C"/>
     <w:rsid w:val="00363AF7"/>
     <w:rsid w:val="00364329"/>
     <w:rsid w:val="003656B8"/>
     <w:rsid w:val="00366017"/>
     <w:rsid w:val="003669F0"/>
     <w:rsid w:val="0036705D"/>
     <w:rsid w:val="00367317"/>
     <w:rsid w:val="00367C9B"/>
     <w:rsid w:val="00367E52"/>
     <w:rsid w:val="00371D63"/>
     <w:rsid w:val="003721A3"/>
     <w:rsid w:val="00376CD6"/>
     <w:rsid w:val="00380A11"/>
     <w:rsid w:val="0038123C"/>
     <w:rsid w:val="00381C49"/>
     <w:rsid w:val="00381DD4"/>
     <w:rsid w:val="00382B29"/>
     <w:rsid w:val="00385CDE"/>
     <w:rsid w:val="003902A0"/>
     <w:rsid w:val="003906DA"/>
     <w:rsid w:val="00391BA8"/>
     <w:rsid w:val="0039305A"/>
     <w:rsid w:val="00393AA9"/>
     <w:rsid w:val="003946DB"/>
     <w:rsid w:val="00395F8A"/>
     <w:rsid w:val="003962E8"/>
     <w:rsid w:val="00396469"/>
     <w:rsid w:val="003971AA"/>
     <w:rsid w:val="00397209"/>
     <w:rsid w:val="00397249"/>
     <w:rsid w:val="003973E4"/>
     <w:rsid w:val="00397FD5"/>
     <w:rsid w:val="003A000E"/>
     <w:rsid w:val="003A05DB"/>
     <w:rsid w:val="003A0C41"/>
     <w:rsid w:val="003A14C5"/>
     <w:rsid w:val="003A2B42"/>
     <w:rsid w:val="003A2BBA"/>
     <w:rsid w:val="003A40CD"/>
     <w:rsid w:val="003A4C38"/>
     <w:rsid w:val="003A5B9A"/>
     <w:rsid w:val="003A7AA8"/>
     <w:rsid w:val="003A7F42"/>
     <w:rsid w:val="003B0B87"/>
     <w:rsid w:val="003B353A"/>
     <w:rsid w:val="003B38AE"/>
     <w:rsid w:val="003B3B25"/>
     <w:rsid w:val="003B3B3C"/>
     <w:rsid w:val="003B49A4"/>
+    <w:rsid w:val="003B5E5D"/>
     <w:rsid w:val="003B6290"/>
     <w:rsid w:val="003C039C"/>
     <w:rsid w:val="003C1764"/>
     <w:rsid w:val="003C22E8"/>
     <w:rsid w:val="003C2F6F"/>
     <w:rsid w:val="003C3226"/>
+    <w:rsid w:val="003C3465"/>
     <w:rsid w:val="003C3FF1"/>
     <w:rsid w:val="003C440D"/>
     <w:rsid w:val="003C66A7"/>
     <w:rsid w:val="003C6DCE"/>
     <w:rsid w:val="003C719C"/>
     <w:rsid w:val="003C77E5"/>
     <w:rsid w:val="003C7DF5"/>
     <w:rsid w:val="003D54E5"/>
     <w:rsid w:val="003D5723"/>
     <w:rsid w:val="003D57C9"/>
     <w:rsid w:val="003D6DB2"/>
     <w:rsid w:val="003D6FAA"/>
     <w:rsid w:val="003D706D"/>
     <w:rsid w:val="003D75E5"/>
     <w:rsid w:val="003E0C15"/>
     <w:rsid w:val="003E226B"/>
     <w:rsid w:val="003E25AE"/>
     <w:rsid w:val="003E29E5"/>
     <w:rsid w:val="003E4426"/>
     <w:rsid w:val="003E4610"/>
     <w:rsid w:val="003E5254"/>
     <w:rsid w:val="003E5EEA"/>
     <w:rsid w:val="003E6231"/>
     <w:rsid w:val="003E6E8E"/>
     <w:rsid w:val="003E7022"/>
@@ -21435,50 +21438,51 @@
     <w:rsid w:val="00404162"/>
     <w:rsid w:val="00404716"/>
     <w:rsid w:val="00405D37"/>
     <w:rsid w:val="004066E7"/>
     <w:rsid w:val="00406C52"/>
     <w:rsid w:val="00407019"/>
     <w:rsid w:val="00407028"/>
     <w:rsid w:val="004102C7"/>
     <w:rsid w:val="0041131B"/>
     <w:rsid w:val="004117E4"/>
     <w:rsid w:val="00411944"/>
     <w:rsid w:val="00411C32"/>
     <w:rsid w:val="00412A1C"/>
     <w:rsid w:val="00413381"/>
     <w:rsid w:val="00413BE0"/>
     <w:rsid w:val="00414B6D"/>
     <w:rsid w:val="004175A1"/>
     <w:rsid w:val="00417928"/>
     <w:rsid w:val="004204BE"/>
     <w:rsid w:val="00420DC7"/>
     <w:rsid w:val="00422252"/>
     <w:rsid w:val="0042279A"/>
     <w:rsid w:val="00422CEA"/>
     <w:rsid w:val="00423DD3"/>
     <w:rsid w:val="00427251"/>
+    <w:rsid w:val="00427AEE"/>
     <w:rsid w:val="00430EEC"/>
     <w:rsid w:val="00431651"/>
     <w:rsid w:val="00432409"/>
     <w:rsid w:val="004328FC"/>
     <w:rsid w:val="00432A88"/>
     <w:rsid w:val="0043360B"/>
     <w:rsid w:val="00434C86"/>
     <w:rsid w:val="00435775"/>
     <w:rsid w:val="00436E63"/>
     <w:rsid w:val="004377B7"/>
     <w:rsid w:val="00440DDA"/>
     <w:rsid w:val="0044105F"/>
     <w:rsid w:val="004414D7"/>
     <w:rsid w:val="004416FB"/>
     <w:rsid w:val="0044215A"/>
     <w:rsid w:val="00442A9F"/>
     <w:rsid w:val="0044391D"/>
     <w:rsid w:val="004439ED"/>
     <w:rsid w:val="00445DA4"/>
     <w:rsid w:val="00445F53"/>
     <w:rsid w:val="00446976"/>
     <w:rsid w:val="00447E6E"/>
     <w:rsid w:val="00447FFC"/>
     <w:rsid w:val="004501FA"/>
     <w:rsid w:val="00450C03"/>
@@ -21496,50 +21500,51 @@
     <w:rsid w:val="00460E38"/>
     <w:rsid w:val="004617D7"/>
     <w:rsid w:val="004624E1"/>
     <w:rsid w:val="00463D47"/>
     <w:rsid w:val="00463FF0"/>
     <w:rsid w:val="00464924"/>
     <w:rsid w:val="0046740C"/>
     <w:rsid w:val="00467E85"/>
     <w:rsid w:val="004710C5"/>
     <w:rsid w:val="00471262"/>
     <w:rsid w:val="0047129D"/>
     <w:rsid w:val="004718F2"/>
     <w:rsid w:val="00472113"/>
     <w:rsid w:val="004727F1"/>
     <w:rsid w:val="0047325E"/>
     <w:rsid w:val="0047404E"/>
     <w:rsid w:val="0047435F"/>
     <w:rsid w:val="00474881"/>
     <w:rsid w:val="00474D27"/>
     <w:rsid w:val="0047672F"/>
     <w:rsid w:val="0047700A"/>
     <w:rsid w:val="0047732E"/>
     <w:rsid w:val="0048126D"/>
     <w:rsid w:val="004815D3"/>
     <w:rsid w:val="00481A11"/>
+    <w:rsid w:val="00481B7A"/>
     <w:rsid w:val="004829F1"/>
     <w:rsid w:val="004850DE"/>
     <w:rsid w:val="00485DB6"/>
     <w:rsid w:val="00487269"/>
     <w:rsid w:val="00487A2F"/>
     <w:rsid w:val="00487CF3"/>
     <w:rsid w:val="00491195"/>
     <w:rsid w:val="0049158D"/>
     <w:rsid w:val="00493548"/>
     <w:rsid w:val="004937A2"/>
     <w:rsid w:val="004943F4"/>
     <w:rsid w:val="00495365"/>
     <w:rsid w:val="00495679"/>
     <w:rsid w:val="00496A14"/>
     <w:rsid w:val="004A37FD"/>
     <w:rsid w:val="004A3ABE"/>
     <w:rsid w:val="004A3E33"/>
     <w:rsid w:val="004A5F92"/>
     <w:rsid w:val="004A68BD"/>
     <w:rsid w:val="004A68F2"/>
     <w:rsid w:val="004A6EC5"/>
     <w:rsid w:val="004A6F25"/>
     <w:rsid w:val="004A705F"/>
     <w:rsid w:val="004A79A4"/>
     <w:rsid w:val="004B1BE9"/>
@@ -21573,74 +21578,76 @@
     <w:rsid w:val="004E247A"/>
     <w:rsid w:val="004E4C6C"/>
     <w:rsid w:val="004E4D88"/>
     <w:rsid w:val="004E4E0A"/>
     <w:rsid w:val="004E4E26"/>
     <w:rsid w:val="004E5062"/>
     <w:rsid w:val="004E6444"/>
     <w:rsid w:val="004E721F"/>
     <w:rsid w:val="004E7D02"/>
     <w:rsid w:val="004F132A"/>
     <w:rsid w:val="004F18E5"/>
     <w:rsid w:val="004F27FB"/>
     <w:rsid w:val="0050219A"/>
     <w:rsid w:val="00502A29"/>
     <w:rsid w:val="00502BCF"/>
     <w:rsid w:val="005037E2"/>
     <w:rsid w:val="00503901"/>
     <w:rsid w:val="00503AA6"/>
     <w:rsid w:val="00504B78"/>
     <w:rsid w:val="00506016"/>
     <w:rsid w:val="005077C0"/>
     <w:rsid w:val="00510E08"/>
     <w:rsid w:val="00514234"/>
     <w:rsid w:val="005142B6"/>
     <w:rsid w:val="00514C97"/>
+    <w:rsid w:val="00515161"/>
     <w:rsid w:val="00515B47"/>
     <w:rsid w:val="00515B9A"/>
     <w:rsid w:val="00515E13"/>
     <w:rsid w:val="00515F22"/>
     <w:rsid w:val="00515F6D"/>
     <w:rsid w:val="00516C2B"/>
     <w:rsid w:val="00517059"/>
     <w:rsid w:val="00517F25"/>
     <w:rsid w:val="00520272"/>
     <w:rsid w:val="00520E04"/>
     <w:rsid w:val="00521743"/>
     <w:rsid w:val="00521E1C"/>
     <w:rsid w:val="005220FD"/>
     <w:rsid w:val="00522156"/>
     <w:rsid w:val="0052311A"/>
     <w:rsid w:val="0052318B"/>
     <w:rsid w:val="005235BE"/>
     <w:rsid w:val="00523671"/>
     <w:rsid w:val="00523A00"/>
     <w:rsid w:val="00524D51"/>
     <w:rsid w:val="00524E86"/>
     <w:rsid w:val="0052539C"/>
     <w:rsid w:val="005263D2"/>
     <w:rsid w:val="00530D69"/>
+    <w:rsid w:val="00530E1C"/>
     <w:rsid w:val="00531E22"/>
     <w:rsid w:val="00533242"/>
     <w:rsid w:val="00534224"/>
     <w:rsid w:val="00534452"/>
     <w:rsid w:val="005344AA"/>
     <w:rsid w:val="00535086"/>
     <w:rsid w:val="00535BC3"/>
     <w:rsid w:val="00536439"/>
     <w:rsid w:val="00540140"/>
     <w:rsid w:val="00540BFE"/>
     <w:rsid w:val="00542546"/>
     <w:rsid w:val="005426DC"/>
     <w:rsid w:val="00542B38"/>
     <w:rsid w:val="00542D53"/>
     <w:rsid w:val="005445C0"/>
     <w:rsid w:val="00544C42"/>
     <w:rsid w:val="00547150"/>
     <w:rsid w:val="0054760C"/>
     <w:rsid w:val="00550244"/>
     <w:rsid w:val="00550387"/>
     <w:rsid w:val="00551322"/>
     <w:rsid w:val="0055161E"/>
     <w:rsid w:val="00551C1D"/>
     <w:rsid w:val="00552507"/>
     <w:rsid w:val="005533F2"/>
@@ -21688,60 +21695,62 @@
     <w:rsid w:val="00586F1B"/>
     <w:rsid w:val="005905F1"/>
     <w:rsid w:val="00590A85"/>
     <w:rsid w:val="0059209B"/>
     <w:rsid w:val="00592377"/>
     <w:rsid w:val="00594A18"/>
     <w:rsid w:val="00596EFD"/>
     <w:rsid w:val="00597E1E"/>
     <w:rsid w:val="005A0131"/>
     <w:rsid w:val="005A086D"/>
     <w:rsid w:val="005A1291"/>
     <w:rsid w:val="005A1BB0"/>
     <w:rsid w:val="005A1DD7"/>
     <w:rsid w:val="005A27C3"/>
     <w:rsid w:val="005A48AE"/>
     <w:rsid w:val="005A49FC"/>
     <w:rsid w:val="005A4DDB"/>
     <w:rsid w:val="005A64F6"/>
     <w:rsid w:val="005A780C"/>
     <w:rsid w:val="005A7D50"/>
     <w:rsid w:val="005B102C"/>
     <w:rsid w:val="005B4033"/>
     <w:rsid w:val="005B44EC"/>
     <w:rsid w:val="005B4829"/>
     <w:rsid w:val="005B4DF8"/>
+    <w:rsid w:val="005B7A07"/>
     <w:rsid w:val="005C01F4"/>
     <w:rsid w:val="005C02EC"/>
     <w:rsid w:val="005C2161"/>
     <w:rsid w:val="005C2240"/>
     <w:rsid w:val="005C2D10"/>
     <w:rsid w:val="005C3CAF"/>
     <w:rsid w:val="005C5484"/>
     <w:rsid w:val="005C56B7"/>
     <w:rsid w:val="005C5A6E"/>
     <w:rsid w:val="005C5EAA"/>
+    <w:rsid w:val="005C6B5D"/>
     <w:rsid w:val="005C6C80"/>
     <w:rsid w:val="005C72DB"/>
     <w:rsid w:val="005C78CF"/>
     <w:rsid w:val="005D00E5"/>
     <w:rsid w:val="005D0A71"/>
     <w:rsid w:val="005D1B7B"/>
     <w:rsid w:val="005D294F"/>
     <w:rsid w:val="005D2D67"/>
     <w:rsid w:val="005D3253"/>
     <w:rsid w:val="005D376A"/>
     <w:rsid w:val="005D385F"/>
     <w:rsid w:val="005D4F81"/>
     <w:rsid w:val="005D5AAC"/>
     <w:rsid w:val="005D612A"/>
     <w:rsid w:val="005D690C"/>
     <w:rsid w:val="005D6D15"/>
     <w:rsid w:val="005D751F"/>
     <w:rsid w:val="005D7A5B"/>
     <w:rsid w:val="005D7AED"/>
     <w:rsid w:val="005E049D"/>
     <w:rsid w:val="005E0AB9"/>
     <w:rsid w:val="005E2128"/>
     <w:rsid w:val="005E3EB5"/>
     <w:rsid w:val="005E4534"/>
     <w:rsid w:val="005E5CC4"/>
@@ -21796,50 +21805,51 @@
     <w:rsid w:val="00624E0E"/>
     <w:rsid w:val="0062528C"/>
     <w:rsid w:val="00625C1B"/>
     <w:rsid w:val="0062615E"/>
     <w:rsid w:val="006268BF"/>
     <w:rsid w:val="00630EE6"/>
     <w:rsid w:val="00633603"/>
     <w:rsid w:val="00633947"/>
     <w:rsid w:val="00633A6E"/>
     <w:rsid w:val="00633E1B"/>
     <w:rsid w:val="00634C96"/>
     <w:rsid w:val="0063645B"/>
     <w:rsid w:val="00636728"/>
     <w:rsid w:val="0063678B"/>
     <w:rsid w:val="00636962"/>
     <w:rsid w:val="00636AF5"/>
     <w:rsid w:val="00637104"/>
     <w:rsid w:val="00637397"/>
     <w:rsid w:val="00641AB3"/>
     <w:rsid w:val="00642CC2"/>
     <w:rsid w:val="00643C68"/>
     <w:rsid w:val="006445FE"/>
     <w:rsid w:val="00644667"/>
     <w:rsid w:val="00645A49"/>
     <w:rsid w:val="006461BC"/>
+    <w:rsid w:val="00647033"/>
     <w:rsid w:val="00647D9D"/>
     <w:rsid w:val="00650105"/>
     <w:rsid w:val="00650350"/>
     <w:rsid w:val="00650358"/>
     <w:rsid w:val="00651429"/>
     <w:rsid w:val="0065160A"/>
     <w:rsid w:val="006518F7"/>
     <w:rsid w:val="0065236A"/>
     <w:rsid w:val="006527DD"/>
     <w:rsid w:val="00653BC4"/>
     <w:rsid w:val="0065443E"/>
     <w:rsid w:val="0065506D"/>
     <w:rsid w:val="0065584C"/>
     <w:rsid w:val="00657BCD"/>
     <w:rsid w:val="00657C51"/>
     <w:rsid w:val="006605F3"/>
     <w:rsid w:val="0066086E"/>
     <w:rsid w:val="006619BF"/>
     <w:rsid w:val="00661B9F"/>
     <w:rsid w:val="00663A80"/>
     <w:rsid w:val="00664855"/>
     <w:rsid w:val="00664AF9"/>
     <w:rsid w:val="00664CF7"/>
     <w:rsid w:val="006655AE"/>
     <w:rsid w:val="00666882"/>
@@ -21856,51 +21866,53 @@
     <w:rsid w:val="00675297"/>
     <w:rsid w:val="006756E8"/>
     <w:rsid w:val="00675D69"/>
     <w:rsid w:val="006761C3"/>
     <w:rsid w:val="006768E4"/>
     <w:rsid w:val="00677473"/>
     <w:rsid w:val="00680089"/>
     <w:rsid w:val="0068015C"/>
     <w:rsid w:val="00680443"/>
     <w:rsid w:val="00680706"/>
     <w:rsid w:val="00680980"/>
     <w:rsid w:val="00682A9B"/>
     <w:rsid w:val="0068348B"/>
     <w:rsid w:val="00683B8A"/>
     <w:rsid w:val="00686820"/>
     <w:rsid w:val="00686B4E"/>
     <w:rsid w:val="00690D68"/>
     <w:rsid w:val="006914AE"/>
     <w:rsid w:val="00691C37"/>
     <w:rsid w:val="00691E04"/>
     <w:rsid w:val="00691E31"/>
     <w:rsid w:val="006928A6"/>
     <w:rsid w:val="00692B7D"/>
     <w:rsid w:val="00693756"/>
     <w:rsid w:val="00694259"/>
+    <w:rsid w:val="00694C28"/>
     <w:rsid w:val="00695D82"/>
+    <w:rsid w:val="00695E75"/>
     <w:rsid w:val="0069768F"/>
     <w:rsid w:val="006979C4"/>
     <w:rsid w:val="006A0AB1"/>
     <w:rsid w:val="006A1B5D"/>
     <w:rsid w:val="006A2695"/>
     <w:rsid w:val="006A33B3"/>
     <w:rsid w:val="006A3FB6"/>
     <w:rsid w:val="006A48A9"/>
     <w:rsid w:val="006A4FF5"/>
     <w:rsid w:val="006A58FA"/>
     <w:rsid w:val="006A63B3"/>
     <w:rsid w:val="006A646F"/>
     <w:rsid w:val="006A69FA"/>
     <w:rsid w:val="006A79C5"/>
     <w:rsid w:val="006B117F"/>
     <w:rsid w:val="006B121D"/>
     <w:rsid w:val="006B1ACA"/>
     <w:rsid w:val="006B35D5"/>
     <w:rsid w:val="006B3721"/>
     <w:rsid w:val="006B3D59"/>
     <w:rsid w:val="006B5C4B"/>
     <w:rsid w:val="006C0FF7"/>
     <w:rsid w:val="006C13AE"/>
     <w:rsid w:val="006C1979"/>
     <w:rsid w:val="006C267B"/>
@@ -21923,85 +21935,87 @@
     <w:rsid w:val="006E3F66"/>
     <w:rsid w:val="006E5517"/>
     <w:rsid w:val="006E7B83"/>
     <w:rsid w:val="006E7D58"/>
     <w:rsid w:val="006F24FD"/>
     <w:rsid w:val="006F2596"/>
     <w:rsid w:val="006F2EEA"/>
     <w:rsid w:val="006F31C8"/>
     <w:rsid w:val="006F4326"/>
     <w:rsid w:val="006F50D0"/>
     <w:rsid w:val="006F5C81"/>
     <w:rsid w:val="006F66DE"/>
     <w:rsid w:val="006F6A15"/>
     <w:rsid w:val="006F7897"/>
     <w:rsid w:val="0070069D"/>
     <w:rsid w:val="00701DED"/>
     <w:rsid w:val="00702ABB"/>
     <w:rsid w:val="007039D4"/>
     <w:rsid w:val="0070493D"/>
     <w:rsid w:val="00705A3C"/>
     <w:rsid w:val="007066E9"/>
     <w:rsid w:val="00706A79"/>
     <w:rsid w:val="00706CF7"/>
     <w:rsid w:val="00707AC1"/>
     <w:rsid w:val="00710447"/>
+    <w:rsid w:val="007105D3"/>
     <w:rsid w:val="007107E4"/>
     <w:rsid w:val="00711239"/>
     <w:rsid w:val="00711700"/>
     <w:rsid w:val="00712928"/>
     <w:rsid w:val="0071373C"/>
     <w:rsid w:val="0071435A"/>
     <w:rsid w:val="00714619"/>
     <w:rsid w:val="00715FE7"/>
     <w:rsid w:val="0071614A"/>
     <w:rsid w:val="007166E1"/>
     <w:rsid w:val="00716FC3"/>
     <w:rsid w:val="00720732"/>
     <w:rsid w:val="00720C16"/>
     <w:rsid w:val="007224B1"/>
     <w:rsid w:val="00722B1F"/>
     <w:rsid w:val="00722D62"/>
     <w:rsid w:val="00722FC4"/>
     <w:rsid w:val="007231B6"/>
     <w:rsid w:val="0072373D"/>
     <w:rsid w:val="00724139"/>
     <w:rsid w:val="00724264"/>
     <w:rsid w:val="00725C8A"/>
     <w:rsid w:val="00727269"/>
     <w:rsid w:val="0073385F"/>
     <w:rsid w:val="00733947"/>
     <w:rsid w:val="00734603"/>
     <w:rsid w:val="0073498F"/>
     <w:rsid w:val="00735320"/>
     <w:rsid w:val="0073535B"/>
     <w:rsid w:val="0073571C"/>
     <w:rsid w:val="007363DC"/>
     <w:rsid w:val="00736834"/>
     <w:rsid w:val="007400BF"/>
     <w:rsid w:val="00741903"/>
     <w:rsid w:val="007419BB"/>
+    <w:rsid w:val="007422EE"/>
     <w:rsid w:val="00742F8E"/>
     <w:rsid w:val="0074329C"/>
     <w:rsid w:val="00743763"/>
     <w:rsid w:val="00743EE7"/>
     <w:rsid w:val="00744095"/>
     <w:rsid w:val="00751588"/>
     <w:rsid w:val="00751DA2"/>
     <w:rsid w:val="00753CEC"/>
     <w:rsid w:val="00753DB5"/>
     <w:rsid w:val="0075403D"/>
     <w:rsid w:val="007547D4"/>
     <w:rsid w:val="00754F4B"/>
     <w:rsid w:val="007574D7"/>
     <w:rsid w:val="007575FB"/>
     <w:rsid w:val="00757710"/>
     <w:rsid w:val="00757C23"/>
     <w:rsid w:val="00760012"/>
     <w:rsid w:val="00760778"/>
     <w:rsid w:val="007609D6"/>
     <w:rsid w:val="00761D57"/>
     <w:rsid w:val="00762BF4"/>
     <w:rsid w:val="00763521"/>
     <w:rsid w:val="0076385F"/>
     <w:rsid w:val="007639F9"/>
     <w:rsid w:val="00763B51"/>
@@ -22270,96 +22284,99 @@
     <w:rsid w:val="008E1B9F"/>
     <w:rsid w:val="008E39D7"/>
     <w:rsid w:val="008E3C15"/>
     <w:rsid w:val="008E48CF"/>
     <w:rsid w:val="008E53D9"/>
     <w:rsid w:val="008E5A12"/>
     <w:rsid w:val="008E5EE0"/>
     <w:rsid w:val="008E634D"/>
     <w:rsid w:val="008E673A"/>
     <w:rsid w:val="008E6E1A"/>
     <w:rsid w:val="008E7E9F"/>
     <w:rsid w:val="008F0C6E"/>
     <w:rsid w:val="008F10CA"/>
     <w:rsid w:val="008F14E3"/>
     <w:rsid w:val="008F1F97"/>
     <w:rsid w:val="008F32A5"/>
     <w:rsid w:val="008F4166"/>
     <w:rsid w:val="008F4948"/>
     <w:rsid w:val="008F4B76"/>
     <w:rsid w:val="008F4E81"/>
     <w:rsid w:val="008F58F7"/>
     <w:rsid w:val="0090061B"/>
     <w:rsid w:val="00901B4B"/>
     <w:rsid w:val="00901F48"/>
     <w:rsid w:val="00903313"/>
+    <w:rsid w:val="00903F3E"/>
     <w:rsid w:val="009045B0"/>
+    <w:rsid w:val="009049C0"/>
     <w:rsid w:val="009050CB"/>
     <w:rsid w:val="0090524D"/>
     <w:rsid w:val="0090546C"/>
     <w:rsid w:val="00905F34"/>
     <w:rsid w:val="0090669C"/>
     <w:rsid w:val="00906942"/>
     <w:rsid w:val="0090706C"/>
     <w:rsid w:val="00907BBA"/>
     <w:rsid w:val="009107B2"/>
     <w:rsid w:val="009107FB"/>
     <w:rsid w:val="00910A2C"/>
     <w:rsid w:val="00910B4D"/>
     <w:rsid w:val="00910E85"/>
     <w:rsid w:val="00911000"/>
     <w:rsid w:val="00911653"/>
     <w:rsid w:val="00912610"/>
     <w:rsid w:val="00913726"/>
     <w:rsid w:val="00913FA6"/>
     <w:rsid w:val="00914B26"/>
     <w:rsid w:val="009157D1"/>
     <w:rsid w:val="009161B3"/>
     <w:rsid w:val="009168D4"/>
     <w:rsid w:val="009169D5"/>
     <w:rsid w:val="00917BDD"/>
     <w:rsid w:val="00920067"/>
     <w:rsid w:val="0092051D"/>
     <w:rsid w:val="009206F8"/>
     <w:rsid w:val="00922DF5"/>
     <w:rsid w:val="00923018"/>
     <w:rsid w:val="00923F25"/>
     <w:rsid w:val="0092463C"/>
     <w:rsid w:val="00924AEA"/>
     <w:rsid w:val="00924AFC"/>
     <w:rsid w:val="00924EF0"/>
     <w:rsid w:val="00925D42"/>
     <w:rsid w:val="009266D7"/>
     <w:rsid w:val="00927BC2"/>
     <w:rsid w:val="00927BD8"/>
     <w:rsid w:val="00927D8F"/>
     <w:rsid w:val="00927F56"/>
     <w:rsid w:val="00931C34"/>
     <w:rsid w:val="0093282D"/>
     <w:rsid w:val="009329F5"/>
     <w:rsid w:val="00934243"/>
     <w:rsid w:val="00934F7E"/>
+    <w:rsid w:val="00936F6C"/>
     <w:rsid w:val="00937DDF"/>
     <w:rsid w:val="00940469"/>
     <w:rsid w:val="009406E9"/>
     <w:rsid w:val="00940B12"/>
     <w:rsid w:val="009413DB"/>
     <w:rsid w:val="00941636"/>
     <w:rsid w:val="0094340A"/>
     <w:rsid w:val="00943BA4"/>
     <w:rsid w:val="009442EC"/>
     <w:rsid w:val="00945D5F"/>
     <w:rsid w:val="009469C2"/>
     <w:rsid w:val="00946A08"/>
     <w:rsid w:val="00947899"/>
     <w:rsid w:val="0095066F"/>
     <w:rsid w:val="00950E5F"/>
     <w:rsid w:val="00951BAC"/>
     <w:rsid w:val="00952223"/>
     <w:rsid w:val="00952DDE"/>
     <w:rsid w:val="009531E1"/>
     <w:rsid w:val="00957073"/>
     <w:rsid w:val="009570DD"/>
     <w:rsid w:val="009602CB"/>
     <w:rsid w:val="00960A05"/>
     <w:rsid w:val="00960A29"/>
     <w:rsid w:val="00961042"/>
@@ -22583,63 +22600,65 @@
     <w:rsid w:val="00A91E0E"/>
     <w:rsid w:val="00A92696"/>
     <w:rsid w:val="00A92763"/>
     <w:rsid w:val="00A92BF2"/>
     <w:rsid w:val="00A92E39"/>
     <w:rsid w:val="00A93122"/>
     <w:rsid w:val="00A93486"/>
     <w:rsid w:val="00A93C3C"/>
     <w:rsid w:val="00A93EFA"/>
     <w:rsid w:val="00A96C16"/>
     <w:rsid w:val="00A97115"/>
     <w:rsid w:val="00A97EB0"/>
     <w:rsid w:val="00AA02B8"/>
     <w:rsid w:val="00AA04AE"/>
     <w:rsid w:val="00AA0B8B"/>
     <w:rsid w:val="00AA2423"/>
     <w:rsid w:val="00AA2986"/>
     <w:rsid w:val="00AA398C"/>
     <w:rsid w:val="00AA3C7C"/>
     <w:rsid w:val="00AA61B2"/>
     <w:rsid w:val="00AA69F4"/>
     <w:rsid w:val="00AA6F09"/>
     <w:rsid w:val="00AA72C9"/>
     <w:rsid w:val="00AB1358"/>
     <w:rsid w:val="00AB28EC"/>
+    <w:rsid w:val="00AB4526"/>
     <w:rsid w:val="00AB6DFE"/>
     <w:rsid w:val="00AB721A"/>
     <w:rsid w:val="00AB7E01"/>
     <w:rsid w:val="00AC028D"/>
     <w:rsid w:val="00AC0434"/>
     <w:rsid w:val="00AC1848"/>
     <w:rsid w:val="00AC18D2"/>
     <w:rsid w:val="00AC1D07"/>
     <w:rsid w:val="00AC1EC4"/>
     <w:rsid w:val="00AC277F"/>
     <w:rsid w:val="00AC3134"/>
     <w:rsid w:val="00AC37F2"/>
     <w:rsid w:val="00AC3D00"/>
+    <w:rsid w:val="00AC40FA"/>
     <w:rsid w:val="00AC4369"/>
     <w:rsid w:val="00AC65DF"/>
     <w:rsid w:val="00AC6B30"/>
     <w:rsid w:val="00AC6CC9"/>
     <w:rsid w:val="00AC6D28"/>
     <w:rsid w:val="00AC6F02"/>
     <w:rsid w:val="00AC7C4C"/>
     <w:rsid w:val="00AC7E49"/>
     <w:rsid w:val="00AD029C"/>
     <w:rsid w:val="00AD15D9"/>
     <w:rsid w:val="00AD31B6"/>
     <w:rsid w:val="00AD3D29"/>
     <w:rsid w:val="00AD568C"/>
     <w:rsid w:val="00AD5833"/>
     <w:rsid w:val="00AD5FB2"/>
     <w:rsid w:val="00AD600B"/>
     <w:rsid w:val="00AD6F76"/>
     <w:rsid w:val="00AD79CC"/>
     <w:rsid w:val="00AE02ED"/>
     <w:rsid w:val="00AE0403"/>
     <w:rsid w:val="00AE0901"/>
     <w:rsid w:val="00AE0D0A"/>
     <w:rsid w:val="00AE0E0A"/>
     <w:rsid w:val="00AE165F"/>
     <w:rsid w:val="00AE20BF"/>
@@ -22660,76 +22679,78 @@
     <w:rsid w:val="00AF497E"/>
     <w:rsid w:val="00AF59D3"/>
     <w:rsid w:val="00AF6AD2"/>
     <w:rsid w:val="00AF71CA"/>
     <w:rsid w:val="00B007A5"/>
     <w:rsid w:val="00B0100D"/>
     <w:rsid w:val="00B017B1"/>
     <w:rsid w:val="00B0194B"/>
     <w:rsid w:val="00B01B5D"/>
     <w:rsid w:val="00B02ADF"/>
     <w:rsid w:val="00B03188"/>
     <w:rsid w:val="00B03B22"/>
     <w:rsid w:val="00B0419B"/>
     <w:rsid w:val="00B05393"/>
     <w:rsid w:val="00B10C95"/>
     <w:rsid w:val="00B112B3"/>
     <w:rsid w:val="00B153B8"/>
     <w:rsid w:val="00B158B9"/>
     <w:rsid w:val="00B17CBC"/>
     <w:rsid w:val="00B21AB8"/>
     <w:rsid w:val="00B21E10"/>
     <w:rsid w:val="00B2202F"/>
     <w:rsid w:val="00B22AA9"/>
     <w:rsid w:val="00B23048"/>
     <w:rsid w:val="00B231D3"/>
+    <w:rsid w:val="00B24273"/>
     <w:rsid w:val="00B242D2"/>
     <w:rsid w:val="00B2504E"/>
     <w:rsid w:val="00B259EF"/>
     <w:rsid w:val="00B25CE9"/>
     <w:rsid w:val="00B25DB3"/>
     <w:rsid w:val="00B27DB3"/>
     <w:rsid w:val="00B27EE7"/>
     <w:rsid w:val="00B30543"/>
     <w:rsid w:val="00B330C4"/>
     <w:rsid w:val="00B345D8"/>
     <w:rsid w:val="00B35B2A"/>
     <w:rsid w:val="00B365E7"/>
     <w:rsid w:val="00B36726"/>
     <w:rsid w:val="00B36ED6"/>
     <w:rsid w:val="00B377F7"/>
     <w:rsid w:val="00B404F1"/>
     <w:rsid w:val="00B4061D"/>
     <w:rsid w:val="00B407F1"/>
     <w:rsid w:val="00B43346"/>
     <w:rsid w:val="00B43BCD"/>
     <w:rsid w:val="00B4469D"/>
     <w:rsid w:val="00B45695"/>
     <w:rsid w:val="00B467EB"/>
     <w:rsid w:val="00B47663"/>
     <w:rsid w:val="00B47CBA"/>
     <w:rsid w:val="00B502CB"/>
+    <w:rsid w:val="00B50456"/>
     <w:rsid w:val="00B505E7"/>
     <w:rsid w:val="00B524A1"/>
     <w:rsid w:val="00B52DD6"/>
     <w:rsid w:val="00B5372C"/>
     <w:rsid w:val="00B53AC0"/>
     <w:rsid w:val="00B5418B"/>
     <w:rsid w:val="00B549E1"/>
     <w:rsid w:val="00B55D8E"/>
     <w:rsid w:val="00B55E54"/>
     <w:rsid w:val="00B55F9F"/>
     <w:rsid w:val="00B561EE"/>
     <w:rsid w:val="00B56D48"/>
     <w:rsid w:val="00B577BD"/>
     <w:rsid w:val="00B578AF"/>
     <w:rsid w:val="00B601F6"/>
     <w:rsid w:val="00B60383"/>
     <w:rsid w:val="00B60928"/>
     <w:rsid w:val="00B62076"/>
     <w:rsid w:val="00B62104"/>
     <w:rsid w:val="00B621A7"/>
     <w:rsid w:val="00B6507B"/>
     <w:rsid w:val="00B65168"/>
     <w:rsid w:val="00B65351"/>
     <w:rsid w:val="00B6580C"/>
     <w:rsid w:val="00B65C12"/>
@@ -22775,73 +22796,75 @@
     <w:rsid w:val="00BA3034"/>
     <w:rsid w:val="00BA34DF"/>
     <w:rsid w:val="00BA366D"/>
     <w:rsid w:val="00BA5175"/>
     <w:rsid w:val="00BA5A18"/>
     <w:rsid w:val="00BA5F7C"/>
     <w:rsid w:val="00BA60FF"/>
     <w:rsid w:val="00BA6C4D"/>
     <w:rsid w:val="00BA6C50"/>
     <w:rsid w:val="00BA7435"/>
     <w:rsid w:val="00BB0F19"/>
     <w:rsid w:val="00BB118C"/>
     <w:rsid w:val="00BB1866"/>
     <w:rsid w:val="00BB26AD"/>
     <w:rsid w:val="00BB464F"/>
     <w:rsid w:val="00BB50CB"/>
     <w:rsid w:val="00BB6366"/>
     <w:rsid w:val="00BB6625"/>
     <w:rsid w:val="00BB67EC"/>
     <w:rsid w:val="00BB6CAF"/>
     <w:rsid w:val="00BB6E89"/>
     <w:rsid w:val="00BB7535"/>
     <w:rsid w:val="00BC0210"/>
     <w:rsid w:val="00BC05EC"/>
     <w:rsid w:val="00BC17AB"/>
+    <w:rsid w:val="00BC1AEE"/>
     <w:rsid w:val="00BC259C"/>
     <w:rsid w:val="00BC294F"/>
     <w:rsid w:val="00BC3125"/>
     <w:rsid w:val="00BC3379"/>
     <w:rsid w:val="00BC4282"/>
     <w:rsid w:val="00BC5ED6"/>
     <w:rsid w:val="00BC5EDE"/>
     <w:rsid w:val="00BC6470"/>
     <w:rsid w:val="00BC7052"/>
     <w:rsid w:val="00BC78A8"/>
     <w:rsid w:val="00BD0AD0"/>
     <w:rsid w:val="00BD26ED"/>
     <w:rsid w:val="00BD2701"/>
     <w:rsid w:val="00BD297D"/>
     <w:rsid w:val="00BD5EFC"/>
     <w:rsid w:val="00BD6BD4"/>
     <w:rsid w:val="00BD7C93"/>
     <w:rsid w:val="00BE01C9"/>
     <w:rsid w:val="00BE1A80"/>
     <w:rsid w:val="00BE2726"/>
     <w:rsid w:val="00BE2C80"/>
     <w:rsid w:val="00BE2DC5"/>
     <w:rsid w:val="00BE30E3"/>
+    <w:rsid w:val="00BE31AA"/>
     <w:rsid w:val="00BE323A"/>
     <w:rsid w:val="00BE39C5"/>
     <w:rsid w:val="00BE44C9"/>
     <w:rsid w:val="00BE4A3B"/>
     <w:rsid w:val="00BE4DB8"/>
     <w:rsid w:val="00BE64CF"/>
     <w:rsid w:val="00BE65B4"/>
     <w:rsid w:val="00BE6CFB"/>
     <w:rsid w:val="00BE6F1C"/>
     <w:rsid w:val="00BF0216"/>
     <w:rsid w:val="00BF1B0D"/>
     <w:rsid w:val="00BF20F2"/>
     <w:rsid w:val="00BF2223"/>
     <w:rsid w:val="00BF2D64"/>
     <w:rsid w:val="00BF33F2"/>
     <w:rsid w:val="00BF39C9"/>
     <w:rsid w:val="00BF57F4"/>
     <w:rsid w:val="00BF5BD5"/>
     <w:rsid w:val="00C0091D"/>
     <w:rsid w:val="00C01079"/>
     <w:rsid w:val="00C01788"/>
     <w:rsid w:val="00C017B8"/>
     <w:rsid w:val="00C0180C"/>
     <w:rsid w:val="00C019EB"/>
     <w:rsid w:val="00C01B23"/>
@@ -22919,110 +22942,113 @@
     <w:rsid w:val="00C838C9"/>
     <w:rsid w:val="00C84529"/>
     <w:rsid w:val="00C84BDE"/>
     <w:rsid w:val="00C85365"/>
     <w:rsid w:val="00C85818"/>
     <w:rsid w:val="00C87A54"/>
     <w:rsid w:val="00C90063"/>
     <w:rsid w:val="00C90F42"/>
     <w:rsid w:val="00C9113A"/>
     <w:rsid w:val="00C914D0"/>
     <w:rsid w:val="00C91553"/>
     <w:rsid w:val="00C93666"/>
     <w:rsid w:val="00C9384C"/>
     <w:rsid w:val="00C94E29"/>
     <w:rsid w:val="00C95A6B"/>
     <w:rsid w:val="00C9600E"/>
     <w:rsid w:val="00C964E7"/>
     <w:rsid w:val="00C9687D"/>
     <w:rsid w:val="00C97D77"/>
     <w:rsid w:val="00CA05E5"/>
     <w:rsid w:val="00CA1270"/>
     <w:rsid w:val="00CA1691"/>
     <w:rsid w:val="00CA2E69"/>
     <w:rsid w:val="00CA3599"/>
     <w:rsid w:val="00CA4C09"/>
+    <w:rsid w:val="00CA54A9"/>
     <w:rsid w:val="00CA5CEE"/>
     <w:rsid w:val="00CA7408"/>
     <w:rsid w:val="00CA7B29"/>
     <w:rsid w:val="00CA7D4B"/>
     <w:rsid w:val="00CB0506"/>
     <w:rsid w:val="00CB1C21"/>
     <w:rsid w:val="00CB1E62"/>
     <w:rsid w:val="00CB2245"/>
     <w:rsid w:val="00CB2474"/>
     <w:rsid w:val="00CB360C"/>
     <w:rsid w:val="00CB4026"/>
     <w:rsid w:val="00CB4865"/>
     <w:rsid w:val="00CB5370"/>
     <w:rsid w:val="00CB616E"/>
     <w:rsid w:val="00CC02BC"/>
     <w:rsid w:val="00CC06F2"/>
     <w:rsid w:val="00CC268F"/>
     <w:rsid w:val="00CC4D36"/>
     <w:rsid w:val="00CC52EE"/>
     <w:rsid w:val="00CC76C9"/>
     <w:rsid w:val="00CC773D"/>
     <w:rsid w:val="00CD0E1E"/>
     <w:rsid w:val="00CD24BE"/>
     <w:rsid w:val="00CD2D23"/>
     <w:rsid w:val="00CD31FA"/>
     <w:rsid w:val="00CD5A6D"/>
     <w:rsid w:val="00CD6D72"/>
     <w:rsid w:val="00CD7DE0"/>
     <w:rsid w:val="00CE0BFE"/>
     <w:rsid w:val="00CE1009"/>
+    <w:rsid w:val="00CE194A"/>
     <w:rsid w:val="00CE1C20"/>
     <w:rsid w:val="00CE23C6"/>
     <w:rsid w:val="00CE25C9"/>
     <w:rsid w:val="00CE3DF7"/>
     <w:rsid w:val="00CE3EDA"/>
     <w:rsid w:val="00CE49EB"/>
     <w:rsid w:val="00CE7308"/>
     <w:rsid w:val="00CF06A3"/>
     <w:rsid w:val="00CF0B4F"/>
     <w:rsid w:val="00CF412A"/>
     <w:rsid w:val="00CF4A58"/>
     <w:rsid w:val="00CF4D58"/>
     <w:rsid w:val="00CF57B5"/>
     <w:rsid w:val="00CF5B20"/>
     <w:rsid w:val="00CF5B25"/>
     <w:rsid w:val="00CF794C"/>
     <w:rsid w:val="00CF7B87"/>
     <w:rsid w:val="00CF7C40"/>
     <w:rsid w:val="00D01687"/>
     <w:rsid w:val="00D020E7"/>
     <w:rsid w:val="00D02799"/>
     <w:rsid w:val="00D034CD"/>
     <w:rsid w:val="00D037B7"/>
     <w:rsid w:val="00D06DF6"/>
     <w:rsid w:val="00D10CDF"/>
     <w:rsid w:val="00D13450"/>
     <w:rsid w:val="00D13D10"/>
     <w:rsid w:val="00D144B1"/>
     <w:rsid w:val="00D15C78"/>
     <w:rsid w:val="00D17404"/>
+    <w:rsid w:val="00D17526"/>
     <w:rsid w:val="00D17647"/>
     <w:rsid w:val="00D1781B"/>
     <w:rsid w:val="00D17F0F"/>
     <w:rsid w:val="00D20057"/>
     <w:rsid w:val="00D20F81"/>
     <w:rsid w:val="00D214C7"/>
     <w:rsid w:val="00D2163D"/>
     <w:rsid w:val="00D21EB9"/>
     <w:rsid w:val="00D21F62"/>
     <w:rsid w:val="00D22C8C"/>
     <w:rsid w:val="00D22DB8"/>
     <w:rsid w:val="00D232A7"/>
     <w:rsid w:val="00D23369"/>
     <w:rsid w:val="00D2338A"/>
     <w:rsid w:val="00D2368C"/>
     <w:rsid w:val="00D24C0D"/>
     <w:rsid w:val="00D25258"/>
     <w:rsid w:val="00D2581B"/>
     <w:rsid w:val="00D25BC8"/>
     <w:rsid w:val="00D27437"/>
     <w:rsid w:val="00D27996"/>
     <w:rsid w:val="00D30028"/>
     <w:rsid w:val="00D30824"/>
     <w:rsid w:val="00D310CE"/>
     <w:rsid w:val="00D315BC"/>
@@ -23034,96 +23060,98 @@
     <w:rsid w:val="00D37299"/>
     <w:rsid w:val="00D37638"/>
     <w:rsid w:val="00D40507"/>
     <w:rsid w:val="00D41C92"/>
     <w:rsid w:val="00D4214E"/>
     <w:rsid w:val="00D42CDD"/>
     <w:rsid w:val="00D44024"/>
     <w:rsid w:val="00D442C3"/>
     <w:rsid w:val="00D44E2C"/>
     <w:rsid w:val="00D4613B"/>
     <w:rsid w:val="00D463EA"/>
     <w:rsid w:val="00D47BB9"/>
     <w:rsid w:val="00D47DD6"/>
     <w:rsid w:val="00D51B8C"/>
     <w:rsid w:val="00D52E03"/>
     <w:rsid w:val="00D55C48"/>
     <w:rsid w:val="00D56713"/>
     <w:rsid w:val="00D5676C"/>
     <w:rsid w:val="00D567B3"/>
     <w:rsid w:val="00D56AA1"/>
     <w:rsid w:val="00D57357"/>
     <w:rsid w:val="00D607F5"/>
     <w:rsid w:val="00D61609"/>
     <w:rsid w:val="00D62464"/>
     <w:rsid w:val="00D62BF2"/>
+    <w:rsid w:val="00D62F46"/>
     <w:rsid w:val="00D6401E"/>
     <w:rsid w:val="00D651E8"/>
     <w:rsid w:val="00D653C0"/>
     <w:rsid w:val="00D656FE"/>
     <w:rsid w:val="00D67A17"/>
     <w:rsid w:val="00D67D0B"/>
     <w:rsid w:val="00D67DCA"/>
     <w:rsid w:val="00D706A0"/>
     <w:rsid w:val="00D70901"/>
     <w:rsid w:val="00D70C43"/>
     <w:rsid w:val="00D722C9"/>
     <w:rsid w:val="00D75542"/>
     <w:rsid w:val="00D761B9"/>
     <w:rsid w:val="00D776D0"/>
     <w:rsid w:val="00D77EA7"/>
     <w:rsid w:val="00D8024F"/>
     <w:rsid w:val="00D80E0F"/>
     <w:rsid w:val="00D81E56"/>
     <w:rsid w:val="00D81EA8"/>
     <w:rsid w:val="00D8475B"/>
     <w:rsid w:val="00D85786"/>
     <w:rsid w:val="00D86983"/>
     <w:rsid w:val="00D879FF"/>
     <w:rsid w:val="00D87D54"/>
     <w:rsid w:val="00D90F9F"/>
     <w:rsid w:val="00D915DB"/>
     <w:rsid w:val="00D919AF"/>
     <w:rsid w:val="00D933EB"/>
     <w:rsid w:val="00D95351"/>
     <w:rsid w:val="00D95C71"/>
     <w:rsid w:val="00D95EF8"/>
     <w:rsid w:val="00DA0B1E"/>
     <w:rsid w:val="00DA0D0F"/>
     <w:rsid w:val="00DA0F66"/>
     <w:rsid w:val="00DA1D5D"/>
     <w:rsid w:val="00DA27AA"/>
     <w:rsid w:val="00DA2B6F"/>
     <w:rsid w:val="00DA3462"/>
     <w:rsid w:val="00DA43A0"/>
     <w:rsid w:val="00DA59FC"/>
     <w:rsid w:val="00DA5B44"/>
     <w:rsid w:val="00DA5D6F"/>
     <w:rsid w:val="00DA7575"/>
     <w:rsid w:val="00DB1CF8"/>
     <w:rsid w:val="00DB2C42"/>
     <w:rsid w:val="00DB3923"/>
+    <w:rsid w:val="00DB47D9"/>
     <w:rsid w:val="00DB4B17"/>
     <w:rsid w:val="00DB54D0"/>
     <w:rsid w:val="00DB58D8"/>
     <w:rsid w:val="00DB6D07"/>
     <w:rsid w:val="00DB6DED"/>
     <w:rsid w:val="00DB7432"/>
     <w:rsid w:val="00DB7D36"/>
     <w:rsid w:val="00DC02C4"/>
     <w:rsid w:val="00DC1B40"/>
     <w:rsid w:val="00DC26F4"/>
     <w:rsid w:val="00DC27AA"/>
     <w:rsid w:val="00DC27E2"/>
     <w:rsid w:val="00DC3744"/>
     <w:rsid w:val="00DC3C91"/>
     <w:rsid w:val="00DC5AE2"/>
     <w:rsid w:val="00DC6C6D"/>
     <w:rsid w:val="00DC7F77"/>
     <w:rsid w:val="00DD035C"/>
     <w:rsid w:val="00DD09C3"/>
     <w:rsid w:val="00DD0A4F"/>
     <w:rsid w:val="00DD15FA"/>
     <w:rsid w:val="00DD2B4F"/>
     <w:rsid w:val="00DD35B7"/>
     <w:rsid w:val="00DD4439"/>
     <w:rsid w:val="00DD4D80"/>
@@ -23141,50 +23169,51 @@
     <w:rsid w:val="00DE6015"/>
     <w:rsid w:val="00DE62D4"/>
     <w:rsid w:val="00DE678F"/>
     <w:rsid w:val="00DE7E0B"/>
     <w:rsid w:val="00DF02A0"/>
     <w:rsid w:val="00DF07EF"/>
     <w:rsid w:val="00DF11E7"/>
     <w:rsid w:val="00DF1303"/>
     <w:rsid w:val="00DF1B33"/>
     <w:rsid w:val="00DF1FBB"/>
     <w:rsid w:val="00DF2E07"/>
     <w:rsid w:val="00DF2E1E"/>
     <w:rsid w:val="00DF322D"/>
     <w:rsid w:val="00DF3D83"/>
     <w:rsid w:val="00DF402D"/>
     <w:rsid w:val="00DF41D4"/>
     <w:rsid w:val="00DF433F"/>
     <w:rsid w:val="00DF43FD"/>
     <w:rsid w:val="00DF45EE"/>
     <w:rsid w:val="00DF4DC7"/>
     <w:rsid w:val="00DF4E69"/>
     <w:rsid w:val="00DF5167"/>
     <w:rsid w:val="00DF6775"/>
     <w:rsid w:val="00DF68E0"/>
     <w:rsid w:val="00DF6D63"/>
+    <w:rsid w:val="00DF7387"/>
     <w:rsid w:val="00E00389"/>
     <w:rsid w:val="00E01777"/>
     <w:rsid w:val="00E01BB6"/>
     <w:rsid w:val="00E01BDE"/>
     <w:rsid w:val="00E026F0"/>
     <w:rsid w:val="00E02AB4"/>
     <w:rsid w:val="00E02E5B"/>
     <w:rsid w:val="00E03359"/>
     <w:rsid w:val="00E04147"/>
     <w:rsid w:val="00E0516A"/>
     <w:rsid w:val="00E059A3"/>
     <w:rsid w:val="00E06298"/>
     <w:rsid w:val="00E06771"/>
     <w:rsid w:val="00E06ABF"/>
     <w:rsid w:val="00E06E3A"/>
     <w:rsid w:val="00E07240"/>
     <w:rsid w:val="00E07C51"/>
     <w:rsid w:val="00E100A9"/>
     <w:rsid w:val="00E10912"/>
     <w:rsid w:val="00E114FC"/>
     <w:rsid w:val="00E11506"/>
     <w:rsid w:val="00E121DA"/>
     <w:rsid w:val="00E13C09"/>
     <w:rsid w:val="00E14297"/>
     <w:rsid w:val="00E14473"/>
@@ -23283,50 +23312,52 @@
     <w:rsid w:val="00E92CF8"/>
     <w:rsid w:val="00E94D4B"/>
     <w:rsid w:val="00E97286"/>
     <w:rsid w:val="00E97742"/>
     <w:rsid w:val="00E97E03"/>
     <w:rsid w:val="00EA0B1E"/>
     <w:rsid w:val="00EA0CE2"/>
     <w:rsid w:val="00EA1A4B"/>
     <w:rsid w:val="00EA1E4C"/>
     <w:rsid w:val="00EA25EA"/>
     <w:rsid w:val="00EA420C"/>
     <w:rsid w:val="00EA4879"/>
     <w:rsid w:val="00EA5415"/>
     <w:rsid w:val="00EA5E85"/>
     <w:rsid w:val="00EA6216"/>
     <w:rsid w:val="00EA65F2"/>
     <w:rsid w:val="00EA6639"/>
     <w:rsid w:val="00EA6772"/>
     <w:rsid w:val="00EB1136"/>
     <w:rsid w:val="00EB13D5"/>
     <w:rsid w:val="00EB2878"/>
     <w:rsid w:val="00EB3424"/>
     <w:rsid w:val="00EB376C"/>
     <w:rsid w:val="00EB4CA2"/>
     <w:rsid w:val="00EB502F"/>
+    <w:rsid w:val="00EB6791"/>
+    <w:rsid w:val="00EB7A32"/>
     <w:rsid w:val="00EC0298"/>
     <w:rsid w:val="00EC0325"/>
     <w:rsid w:val="00EC1224"/>
     <w:rsid w:val="00EC2117"/>
     <w:rsid w:val="00EC2FAA"/>
     <w:rsid w:val="00EC305C"/>
     <w:rsid w:val="00EC382A"/>
     <w:rsid w:val="00EC4487"/>
     <w:rsid w:val="00EC51E3"/>
     <w:rsid w:val="00EC5524"/>
     <w:rsid w:val="00EC5790"/>
     <w:rsid w:val="00EC6E43"/>
     <w:rsid w:val="00EC7159"/>
     <w:rsid w:val="00EC7358"/>
     <w:rsid w:val="00EC7476"/>
     <w:rsid w:val="00ED02AF"/>
     <w:rsid w:val="00ED052C"/>
     <w:rsid w:val="00ED0565"/>
     <w:rsid w:val="00ED07D3"/>
     <w:rsid w:val="00ED113F"/>
     <w:rsid w:val="00ED1D44"/>
     <w:rsid w:val="00ED3300"/>
     <w:rsid w:val="00ED3CDE"/>
     <w:rsid w:val="00ED3EBD"/>
     <w:rsid w:val="00ED3F2A"/>
@@ -23380,50 +23411,51 @@
     <w:rsid w:val="00F23F66"/>
     <w:rsid w:val="00F25A80"/>
     <w:rsid w:val="00F25C49"/>
     <w:rsid w:val="00F25EDE"/>
     <w:rsid w:val="00F2637E"/>
     <w:rsid w:val="00F30E8D"/>
     <w:rsid w:val="00F313C1"/>
     <w:rsid w:val="00F3197C"/>
     <w:rsid w:val="00F31B19"/>
     <w:rsid w:val="00F3228D"/>
     <w:rsid w:val="00F32D50"/>
     <w:rsid w:val="00F331CC"/>
     <w:rsid w:val="00F33B74"/>
     <w:rsid w:val="00F34568"/>
     <w:rsid w:val="00F349FC"/>
     <w:rsid w:val="00F35C30"/>
     <w:rsid w:val="00F35FAB"/>
     <w:rsid w:val="00F3602B"/>
     <w:rsid w:val="00F375DF"/>
     <w:rsid w:val="00F3795F"/>
     <w:rsid w:val="00F40121"/>
     <w:rsid w:val="00F411C5"/>
     <w:rsid w:val="00F41B80"/>
     <w:rsid w:val="00F420C5"/>
     <w:rsid w:val="00F4291D"/>
+    <w:rsid w:val="00F45478"/>
     <w:rsid w:val="00F458F3"/>
     <w:rsid w:val="00F45C3A"/>
     <w:rsid w:val="00F46ADA"/>
     <w:rsid w:val="00F47D21"/>
     <w:rsid w:val="00F50499"/>
     <w:rsid w:val="00F506CC"/>
     <w:rsid w:val="00F50E0B"/>
     <w:rsid w:val="00F5374C"/>
     <w:rsid w:val="00F55A29"/>
     <w:rsid w:val="00F55C76"/>
     <w:rsid w:val="00F56A87"/>
     <w:rsid w:val="00F56C19"/>
     <w:rsid w:val="00F57294"/>
     <w:rsid w:val="00F60224"/>
     <w:rsid w:val="00F60254"/>
     <w:rsid w:val="00F60327"/>
     <w:rsid w:val="00F60A23"/>
     <w:rsid w:val="00F63680"/>
     <w:rsid w:val="00F6429B"/>
     <w:rsid w:val="00F64DEF"/>
     <w:rsid w:val="00F65473"/>
     <w:rsid w:val="00F657A2"/>
     <w:rsid w:val="00F67C04"/>
     <w:rsid w:val="00F70445"/>
     <w:rsid w:val="00F71597"/>
@@ -23450,120 +23482,122 @@
     <w:rsid w:val="00F92DE5"/>
     <w:rsid w:val="00F970FE"/>
     <w:rsid w:val="00F9778B"/>
     <w:rsid w:val="00F97B1F"/>
     <w:rsid w:val="00FA00EC"/>
     <w:rsid w:val="00FA0921"/>
     <w:rsid w:val="00FA17B9"/>
     <w:rsid w:val="00FA4C5B"/>
     <w:rsid w:val="00FA4DA5"/>
     <w:rsid w:val="00FA4F5E"/>
     <w:rsid w:val="00FA5739"/>
     <w:rsid w:val="00FA650A"/>
     <w:rsid w:val="00FA6ABF"/>
     <w:rsid w:val="00FA6C1A"/>
     <w:rsid w:val="00FA70C7"/>
     <w:rsid w:val="00FB0FAE"/>
     <w:rsid w:val="00FB13BD"/>
     <w:rsid w:val="00FB1E0C"/>
     <w:rsid w:val="00FB21DB"/>
     <w:rsid w:val="00FB24EE"/>
     <w:rsid w:val="00FB2996"/>
     <w:rsid w:val="00FB2F3F"/>
     <w:rsid w:val="00FB5A55"/>
     <w:rsid w:val="00FB5AB0"/>
     <w:rsid w:val="00FB5E92"/>
+    <w:rsid w:val="00FB63E8"/>
     <w:rsid w:val="00FB64DB"/>
     <w:rsid w:val="00FC0108"/>
     <w:rsid w:val="00FC13DB"/>
     <w:rsid w:val="00FC2E33"/>
     <w:rsid w:val="00FC41CA"/>
     <w:rsid w:val="00FC48F0"/>
     <w:rsid w:val="00FC60B9"/>
     <w:rsid w:val="00FD18C9"/>
     <w:rsid w:val="00FD1FED"/>
     <w:rsid w:val="00FD22AC"/>
     <w:rsid w:val="00FD3242"/>
     <w:rsid w:val="00FD361A"/>
     <w:rsid w:val="00FD3A59"/>
     <w:rsid w:val="00FD3ABC"/>
     <w:rsid w:val="00FD3EAD"/>
     <w:rsid w:val="00FD5223"/>
     <w:rsid w:val="00FD54B7"/>
     <w:rsid w:val="00FD551D"/>
     <w:rsid w:val="00FD57FD"/>
     <w:rsid w:val="00FD6B96"/>
     <w:rsid w:val="00FD6FD4"/>
     <w:rsid w:val="00FD7868"/>
     <w:rsid w:val="00FD78DD"/>
     <w:rsid w:val="00FE171B"/>
+    <w:rsid w:val="00FE1959"/>
     <w:rsid w:val="00FE27DD"/>
     <w:rsid w:val="00FE302C"/>
     <w:rsid w:val="00FE4398"/>
     <w:rsid w:val="00FE45FD"/>
     <w:rsid w:val="00FE51FF"/>
     <w:rsid w:val="00FE56CF"/>
     <w:rsid w:val="00FE61FF"/>
     <w:rsid w:val="00FE678F"/>
     <w:rsid w:val="00FE7A68"/>
     <w:rsid w:val="00FF0B6D"/>
     <w:rsid w:val="00FF281C"/>
     <w:rsid w:val="00FF3083"/>
     <w:rsid w:val="00FF3714"/>
     <w:rsid w:val="00FF3D1F"/>
     <w:rsid w:val="00FF4378"/>
     <w:rsid w:val="00FF4E1C"/>
     <w:rsid w:val="00FF5851"/>
     <w:rsid w:val="00FF6066"/>
     <w:rsid w:val="00FF6D43"/>
     <w:rsid w:val="00FF7B9F"/>
     <w:rsid w:val="00FF7C41"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="49C84908"/>
+  <w14:docId w14:val="528FFAC6"/>
   <w15:docId w15:val="{729D3252-438E-46F0-B502-0CD3364CFE20}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -24965,82 +24999,82 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EDE1620D-4DDE-4A30-9367-AB50EA677362}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C221B430-79B5-4770-A4AB-2CE3A936CDC3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1033</Words>
-  <Characters>5889</Characters>
+  <Words>1052</Words>
+  <Characters>6002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DP_2</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6909</CharactersWithSpaces>
+  <CharactersWithSpaces>7040</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>