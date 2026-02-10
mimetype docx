--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -9,612 +9,646 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1809"/>
-        <w:gridCol w:w="2170"/>
-        <w:gridCol w:w="240"/>
         <w:gridCol w:w="2410"/>
-        <w:gridCol w:w="1330"/>
-        <w:gridCol w:w="1137"/>
+        <w:gridCol w:w="2410"/>
+        <w:gridCol w:w="2467"/>
         <w:gridCol w:w="2274"/>
-        <w:gridCol w:w="569"/>
-        <w:gridCol w:w="1777"/>
+        <w:gridCol w:w="2346"/>
         <w:gridCol w:w="2203"/>
       </w:tblGrid>
       <w:tr w:rsidR="009C7D74" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="009C7D74" w:rsidRPr="002B7C5B" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7D74">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Детский кардиолог Кузнецова Юлия Михайловна </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002B7C5B" w:rsidRPr="002B7C5B">
-[...9 lines deleted...]
-              <w:t>.05.- 07.05.25г отпуск</w:t>
+            <w:r w:rsidR="006C4CDA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRPr="009C7D74" w:rsidRDefault="00006C91" w:rsidP="007626EC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Пн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:r>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Чт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:r>
               <w:t>Пят</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRPr="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7D74">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>106</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>каб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:r>
               <w:t>9.45-12.45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:r>
               <w:t>8.00-11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>8.00-11.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C7D74" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="009C7D74" w:rsidRPr="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="009C7D74">
               <w:t>приём по талонам через участкового врача</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C7D74" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7D74">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Кабинет функциональной </w:t>
             </w:r>
             <w:r w:rsidR="00936465" w:rsidRPr="009C7D74">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>диагностики.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009C7D74" w:rsidRPr="009C7D74" w:rsidRDefault="00447B88" w:rsidP="009C7D74">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>М/</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>с:Хайруллина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> Р.Х.</w:t>
             </w:r>
-            <w:r w:rsidR="00AB1DD3">
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRPr="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009C7D74">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>108</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AC46B9">
-[...19 lines deleted...]
-          </w:p>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>каб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00006C91" w:rsidRPr="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
-[...87 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
-      </w:tr>
-[...10 lines deleted...]
-            <w:gridSpan w:val="2"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>7.30-9.00(диспансеризация)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>9.00-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="007515FA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>ЭКГ (по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007515FA" w:rsidRDefault="007515FA" w:rsidP="007626EC">
+            <w:r>
+              <w:t xml:space="preserve">11.30-12.30 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>ФВД( по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>12.30-14.30 ЭКГ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="007515FA" w:rsidP="007626EC">
             <w:r>
               <w:t>7.30-11</w:t>
             </w:r>
             <w:r w:rsidR="00920CAB">
               <w:t>.00</w:t>
             </w:r>
             <w:r>
-              <w:t>ЭКГ (по записи)</w:t>
+              <w:t>(м/о детей до 1 года)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007515FA" w:rsidRDefault="007515FA" w:rsidP="007626EC">
             <w:r>
-              <w:t>11.30-12.30 ФВД( по записи)</w:t>
-[...20 lines deleted...]
-              <w:t>11.30-12.30 ФВД(по записи)</w:t>
+              <w:t xml:space="preserve">11.30-12.30 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>ФВД(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t>по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>12.00-12.30 СМАД</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>12.30-14.30 ЭКГ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00447B88" w:rsidRDefault="00AB1DD3" w:rsidP="007626EC">
             <w:r>
               <w:t>7.3</w:t>
             </w:r>
             <w:r w:rsidR="00447B88">
               <w:t xml:space="preserve">0-13.00 </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00447B88" w:rsidP="007626EC">
             <w:r>
               <w:t>м\о подростки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00006C91" w:rsidRDefault="004560D2" w:rsidP="007626EC">
-[...1 lines deleted...]
-              <w:t>7.30-9.00(по записи)</w:t>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>7.30-9.00 Диспансеризация</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004560D2" w:rsidRDefault="004560D2" w:rsidP="007626EC">
             <w:r>
               <w:t>9.00-11.00(м/о детей до 1 года)</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>11.30-12.30 ФВД</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>12.30-14.30 ЭКГ</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00447B88" w:rsidRDefault="004560D2" w:rsidP="007626EC">
             <w:r>
               <w:t>7.30-9</w:t>
             </w:r>
             <w:r w:rsidR="009C7D74">
               <w:t>.00</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> ЭКГ (по записи)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004560D2" w:rsidRDefault="004560D2" w:rsidP="007626EC">
             <w:r>
               <w:t xml:space="preserve">9.00-11.00 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:t>дн.стац</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00D046A8" w:rsidRDefault="00D046A8" w:rsidP="007626EC">
+            <w:r>
+              <w:t xml:space="preserve">11.30-14.00 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>дн.стац</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C7D74" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="009C7D74" w:rsidRDefault="009C7D74" w:rsidP="007626EC">
             <w:r>
               <w:t xml:space="preserve">                                                                                                                          Запись через участковых педиатров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="007626EC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                                                                                                     </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="009C7D74" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="009C7D74" w:rsidRPr="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                                                                   </w:t>
             </w:r>
             <w:r w:rsidR="009C7D74" w:rsidRPr="00EE50DC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Врач УЗИ Родина Евгения </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE50DC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Анатольевна </w:t>
             </w:r>
@@ -635,2719 +669,2680 @@
           <w:p w:rsidR="00006C91" w:rsidRPr="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE50DC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">113 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EE50DC">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>каб</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Пн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:r>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:r>
               <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Чт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:r>
               <w:t>Пят</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-          </w:tcPr>
+          </w:tcPr>
+          <w:p w:rsidR="00EE50DC" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE50DC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:r>
+              <w:t>приём по записи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>12.00-17.00</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:r>
+              <w:t>приём по талонам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="00EE50DC">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="00EE50DC">
+            <w:r>
+              <w:t>приём по талонам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:r>
+              <w:t>12.00-17.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:r>
+              <w:t xml:space="preserve"> приём по талонам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="00EE50DC">
+            <w:r>
               <w:t xml:space="preserve">12.00-17.00 </w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="00EE50DC">
+            <w:r>
+              <w:t>приём по записи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="007626EC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE50DC" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="00EE50DC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Перерыв  с 11.00-11.30, с 15.30-16.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE50DC" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00EE50DC" w:rsidRPr="0064775F" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">                                                                                                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач УЗИ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Гайнуллина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Насиба</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Абдулхаевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00920CAB">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0064775F" w:rsidRPr="0064775F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRPr="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE50DC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>113каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:r>
-              <w:t>8.00-13.00</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>13.00-14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="006C4CDA" w:rsidP="007626EC">
+            <w:r>
+              <w:t>13.00-14.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00006C91" w:rsidRDefault="00006C91" w:rsidP="007626EC"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EE50DC" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
           <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
             <w:r>
-              <w:t>приём по талонам</w:t>
+              <w:t xml:space="preserve">                                                                                                                 Запись через участковых педиатров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00DE7580" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач УЗИ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Давлетшина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Фирая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Явдатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AC46B9">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C4CDA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="00DE7580" w:rsidRDefault="0066538E" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00DE7580" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>121каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-              <w:t>приём по талонам</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
-[...7 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...8 lines deleted...]
-              <w:t>приём по записи</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="007626EC"/>
-[...84 lines deleted...]
-      <w:tr w:rsidR="00006C91" w:rsidTr="004D5720">
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00006C91" w:rsidRPr="00EE50DC" w:rsidRDefault="00EE50DC" w:rsidP="007626EC">
-[...292 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-            <w:tcW w:w="1809" w:type="dxa"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...246 lines deleted...]
-              <w:t>8.00-12</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="006C4CDA" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>11.00-14</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
-            <w:r>
-[...11 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...10 lines deleted...]
-          </w:p>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="001879AC" w:rsidP="008F4C2B">
-[...12 lines deleted...]
-              <w:t>9.00-12</w:t>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="006C4CDA" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>11.00-14</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001879AC" w:rsidRDefault="001879AC" w:rsidP="008F4C2B">
-[...3 lines deleted...]
-          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>Приём по талонам, проветривание с 11.00-11.30</w:t>
+              <w:t>По записи (через участковых педиатров) и по талонам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00DE7580" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...12 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRPr="00936465" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач невролог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Халитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Раиля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Графовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005C30AD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="0064775F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00DE7580" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DE7580">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>115каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...24 lines deleted...]
-              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="006C4CDA" w:rsidRDefault="006C4CDA" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Выездной </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>мо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00920CAB">
-[...1630 lines deleted...]
-              <w:t>8.00-15</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="001879AC" w:rsidRDefault="006C4CDA" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-13</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-              <w:t>9.00-16</w:t>
+            <w:r w:rsidR="001879AC">
+              <w:t>(осмотры детей до года )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>м/о школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="006C4CDA" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t xml:space="preserve">Выездной </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>мо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="006C4CDA" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>9.00-13</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
+          <w:p w:rsidR="001879AC" w:rsidRDefault="001879AC" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Приём по талонам, проветривание с 11.00-11.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приём по талонам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00936465" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00936465">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Врач ортопед  Созонтов Анатолий Анато</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00936465">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ьевич</w:t>
+            </w:r>
+            <w:r w:rsidR="004232FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00920CAB">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00936465" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00936465">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>120каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...3 lines deleted...]
-              <w:t>8.00-15</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008B60B2" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>14.00-19.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>м/о школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008B60B2" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Выезд.м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>9.00-13.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t xml:space="preserve"> приём по записи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Проветривание  с 17.00-17.30, 11.00-11.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="000660CD" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000660CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Процедурный кабинет : м/с Каримова </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000660CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ляйсан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000660CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000660CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Да</w:t>
+            </w:r>
+            <w:r w:rsidR="006D4014">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>мировна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A667B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>123каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Забор крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>(по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> 7.30-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Забор крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>(по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> 7.30-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Забор крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>(по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> 7.30-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Забор крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>(по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> 7.30-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>Забор крови</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>(по записи)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> 7.30-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve">В/м, п/к, в/в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>иньекции</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>10.00-15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve">В/м, п/к, в/в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>иньекции</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>10.00-15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve">В/м, п/к, в/в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>иньекции</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>10.00-15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve">В/м, п/к, в/в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>иньекции</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>10.00-15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve">В/м, п/к, в/в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t>иньекции</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="007A667B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="007A667B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r w:rsidRPr="007A667B">
+              <w:t>10.00-15.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="000660CD" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000660CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Забор крови из пальца </w:t>
+            </w:r>
+            <w:r w:rsidR="007A667B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A667B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Киямутдинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007A667B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Гульнара </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="007A667B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ришатовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00055893">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004232FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004232FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Цуренкова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004232FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Галина Ивановна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="000660CD" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000660CD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>136каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с7.10-9.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с9.00-9.30 скрининг новорожденных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с7.10-9.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с9.00-9.30 скрининг новорожденных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с7.10-9.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с9.00-9.30 скрининг новорожденных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с7.10-9.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с9.00-9.30 скрининг новорожденных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с7.10-9.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>с9.00-9.30 скрининг новорожденных</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00E31952" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кабинет охраны зрения: м/с Валиева Римма </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Дамировна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004232FE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в отпу</w:t>
+            </w:r>
+            <w:r w:rsidR="006D4014">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">ске </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00E31952" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>222каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>7.45-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>15.15-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>7.45-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>15.15-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>7.45-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>15.15-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>7.45-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>15.15-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>7.45-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>15.15-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00E31952" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кабинет иммунопрофилактики : м/с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Гимранова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Амина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Мусимовна</w:t>
+            </w:r>
+            <w:r w:rsidR="0064775F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>,Галимзянова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0064775F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Рашида </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0064775F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Имамиевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00E31952" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E31952">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>221каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-18.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="00251D0F" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-18</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-18.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>9.00-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Проветривание 11.00-11.30, 15.00-15.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00F76330" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Логопед Фаттахова Роза </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Гусмановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00F76330" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>223каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000A4D6E" w:rsidRDefault="000A4D6E" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>13.00-14.00 на МСЭ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="000A4D6E" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>14</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4C2B">
+              <w:t>.00-15.00</w:t>
+            </w:r>
+            <w:r>
+              <w:t>м/о без записи</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A4D6E" w:rsidRDefault="000A4D6E" w:rsidP="008F4C2B">
+            <w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">15.00-17.30 первичный прием без записи </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000A4D6E" w:rsidRDefault="000A4D6E" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>17.30-18.00 прием повторный по записи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00F76330" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Прививочный кабинет :м/с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Мунавирова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Гульназ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Рафисо</w:t>
+            </w:r>
+            <w:r w:rsidR="00055893">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>вна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00F76330" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F76330">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>264каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Суб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="00055893" w:rsidP="008F4C2B">
             <w:r>
-              <w:t>10.00-17</w:t>
+              <w:t>8.00-15</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
-[...14 lines deleted...]
-            <w:gridSpan w:val="2"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="00055893" w:rsidP="008F4C2B">
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>9.00-16</w:t>
             </w:r>
             <w:r w:rsidR="008F4C2B">
               <w:t>.00</w:t>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="00055893" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-15</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4C2B">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="00055893" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>10.00-17</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4C2B">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>БЦЖ-М 10.00-11.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>БЦЖ      11.30-12.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="00055893" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>9.00-16</w:t>
+            </w:r>
+            <w:r w:rsidR="008F4C2B">
+              <w:t>.00</w:t>
+            </w:r>
+          </w:p>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRPr="00F86A99" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F174B8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Врач офтальмолог  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F174B8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Сакаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F174B8">
               <w:rPr>
                 <w:b/>
@@ -3358,1815 +3353,1798 @@
             <w:r w:rsidRPr="00F174B8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Линнасовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00C32D57" w:rsidRPr="00C32D57">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B8767F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00856172">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00F174B8" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F174B8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>259каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="0002384E" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>13.30-18.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0002384E" w:rsidRDefault="005374D4" w:rsidP="0002384E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>8.00-13</w:t>
+            </w:r>
             <w:r w:rsidR="0002384E">
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>с 05.05.25г по 08.05.25г отпуск</w:t>
+              <w:t>.00 прием</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="005374D4" w:rsidP="0002384E">
+            <w:r>
+              <w:t>Детей до года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Выезд.м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D5720" w:rsidRDefault="005374D4" w:rsidP="0002384E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Выезд.м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F174B8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Врач офтальм</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">олог  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Яппарова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Эльмира </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Талиповна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EF3574">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRPr="00F174B8" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
-[...16 lines deleted...]
-            <w:gridSpan w:val="2"/>
+          <w:p w:rsidR="008F4C2B" w:rsidRPr="00EA17E8" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>235каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Пн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Чт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>Пят</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...43 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="008F4C2B" w:rsidRDefault="0098633C" w:rsidP="008F4C2B">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Выезд.м</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>/о</w:t>
-            </w:r>
-[...195 lines deleted...]
-              <w:t>8.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F86A99" w:rsidRDefault="00863F1B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>13.30-18.3</w:t>
             </w:r>
             <w:r w:rsidR="00C96EB2">
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>8.00-13.00</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>м/о школьников</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="00863F1B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>8.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
             <w:r>
               <w:t>9.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRPr="00EA17E8" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:pPr>
               <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="00EA17E8" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA17E8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Врач отоларинголог Маврина Людмила Борисовна</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRPr="00EA17E8" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRPr="00EA17E8" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA17E8">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>255каб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Пн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Чт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>Пят</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="008F4C2B" w:rsidTr="004D5720">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>13.00-18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>8.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="00C96EB2" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>13.00-18.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
-[...6 lines deleted...]
-              <w:t>/о</w:t>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>9.00-13.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008F4C2B" w:rsidRDefault="008F4C2B" w:rsidP="008F4C2B"/>
-[...181 lines deleted...]
-      <w:tr w:rsidR="008F4C2B" w:rsidTr="00F0482D">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF2266" w:rsidTr="00D46E23">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
-[...856 lines deleted...]
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="a3"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="15693"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00920CAB" w:rsidRPr="000A4E08" w:rsidTr="00C96EB2">
+            <w:tr w:rsidR="00BF2266" w:rsidTr="005B1E5A">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="15919" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="00920CAB" w:rsidRPr="000A4E08" w:rsidRDefault="00920CAB" w:rsidP="00920CAB">
+                <w:p w:rsidR="00BF2266" w:rsidRDefault="00BF2266" w:rsidP="00BF2266">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="00BF2266" w:rsidRDefault="00BF2266" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00C96EB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13716" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Врач отолари</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>нголог Белоусова Вера Юрьевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>255каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>13.00-18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>13.00-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>9.00-13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="00EA17E8" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач гинеколог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Бураковская</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наталья Юрьевна</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="004C7917">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>б/л до 09.03.26г</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="00EA17E8" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA17E8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>240каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>13.30-18.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.15-13.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-13.00</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>м/о школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.15-13.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Выезд.м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>/о</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Проветривание 11.00-11.30, 16.00-16.30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Врач уролог Фадеев Александр Иванович</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="008F4C2B" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F4C2B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>240каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>16.00-18.00(по записи)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач эндокринолог </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Мазитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Альфия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Абдулловна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>112каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t xml:space="preserve">8.00-10.30 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>по талонам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-10.30 по талонам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Инфекционный кабинет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> забор анализов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :м/с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Ханнанова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Зилия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Богдаровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">210 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="000A4E08">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>каб</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-9.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00C96EB2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="a3"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="15693"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidTr="00C96EB2">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="15919" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="000A4E08">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Инфекционный кабинет</w:t>
                   </w:r>
-                  <w:r w:rsidR="00186337">
-[...4 lines deleted...]
-                  </w:r>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> : врач Султанова Гузель </w:t>
+                    <w:t xml:space="preserve">  : врач Султанова Гузель </w:t>
                   </w:r>
                   <w:proofErr w:type="spellStart"/>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>Расуловна</w:t>
                   </w:r>
                   <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00920CAB" w:rsidRDefault="00920CAB" w:rsidP="008F4C2B"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="00920CAB" w:rsidTr="004D5720">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00920CAB" w:rsidRPr="000A4E08" w:rsidRDefault="00920CAB" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>210каб</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...7 lines deleted...]
-          <w:p w:rsidR="00920CAB" w:rsidRDefault="00186337" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>12.00-15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00920CAB" w:rsidRDefault="00920CAB" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>12.00-14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00920CAB" w:rsidRDefault="00186337" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>11.00-14.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00920CAB" w:rsidRDefault="00920CAB" w:rsidP="008F4C2B"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00920CAB" w:rsidRDefault="00920CAB" w:rsidP="008F4C2B"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="002A0931" w:rsidTr="00F0482D">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00F0482D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15919" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002A0931" w:rsidRPr="002A0931" w:rsidRDefault="002A0931" w:rsidP="002A0931">
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="002A0931" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Рентген кабинет : врач </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Давлетшина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -5182,1361 +5160,1160 @@
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Явдатовна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002A0931">
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>рентгенлаборант</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002A0931">
+              <w:t>рентгенлабор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ант</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A0931">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002A0931">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Хайрисламова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Адиля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A0931">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002A0931">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Фалиховна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="000A4E08" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>243каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>14.00-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-11.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-11.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>9.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-11.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="000901A0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="15919" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="00251D0F" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">График работы КПВ  « </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Сонотал</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">»:врач </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Пушина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00251D0F">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002A0931">
-[...15 lines deleted...]
-      <w:tr w:rsidR="002A0931" w:rsidTr="004D5720">
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Файруза</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00251D0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Галимзяновна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRPr="000A4E08" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
-[...18 lines deleted...]
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>217каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Пн</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>ЧТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>11.00-18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>9.00-14.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>16.00(вводное занятие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>9.00(вводное занятие)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="00FC75AF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13716" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="007A667B" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007A667B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Медицинский психолог Якимова Наталья Владимировна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>223каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Вт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Чт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
             <w:r>
               <w:t>Пят</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B"/>
-[...2 lines deleted...]
-      <w:tr w:rsidR="002A0931" w:rsidTr="004D5720">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B">
-[...54 lines deleted...]
-              <w:t>14.00-17.00</w:t>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>14.00-18.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>14.00-18.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2467" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...19 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Проф.день</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="002A0931">
-[...16 lines deleted...]
-              <w:t>14.00-17.00</w:t>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...18 lines deleted...]
-              <w:t>14.00-17.00</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2203" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002A0931" w:rsidRDefault="002A0931" w:rsidP="008F4C2B"/>
-[...65 lines deleted...]
-            <w:r w:rsidRPr="00D32A06">
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="0057474F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="13716" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRPr="0098633C" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0098633C">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач хирург </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0098633C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Чахоян</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D32A06">
+            <w:r w:rsidRPr="0098633C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D32A06">
+            <w:r w:rsidRPr="0098633C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Месроп</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D32A06">
+            <w:r w:rsidRPr="0098633C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D32A06">
+            <w:r w:rsidRPr="0098633C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Андроникович</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D32A06">
+            <w:r w:rsidRPr="0098633C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3980" w:type="dxa"/>
-[...799 lines deleted...]
-          <w:p w:rsidR="005A420C" w:rsidRDefault="005A420C" w:rsidP="005A420C"/>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="00BF2266" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>236каб</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>ВТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Ср</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>Пят</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>8.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>13.30-17.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:r>
+              <w:t>9.00-12.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066538E" w:rsidTr="004D5720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1809" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2410" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2467" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2346" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2203" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0066538E" w:rsidRDefault="0066538E" w:rsidP="0066538E"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002F5640" w:rsidRPr="00E40512" w:rsidRDefault="002F5640" w:rsidP="007626EC"/>
     <w:sectPr w:rsidR="002F5640" w:rsidRPr="00E40512" w:rsidSect="007D3646">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1276" w:right="426" w:bottom="850" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F502E3"/>
     <w:rsid w:val="00003CF0"/>
     <w:rsid w:val="00006C91"/>
     <w:rsid w:val="00011917"/>
     <w:rsid w:val="00013102"/>
     <w:rsid w:val="0002384E"/>
     <w:rsid w:val="00030042"/>
     <w:rsid w:val="00035B27"/>
     <w:rsid w:val="00043AD2"/>
     <w:rsid w:val="00046D1D"/>
     <w:rsid w:val="00055893"/>
     <w:rsid w:val="000660CD"/>
     <w:rsid w:val="00073549"/>
     <w:rsid w:val="0007413E"/>
     <w:rsid w:val="000860AC"/>
     <w:rsid w:val="0009238C"/>
     <w:rsid w:val="000944FB"/>
+    <w:rsid w:val="000A4D6E"/>
     <w:rsid w:val="000A4E08"/>
     <w:rsid w:val="000A5B87"/>
     <w:rsid w:val="000B5B19"/>
     <w:rsid w:val="000C102B"/>
     <w:rsid w:val="000C3B42"/>
     <w:rsid w:val="000C4282"/>
     <w:rsid w:val="000C52B5"/>
     <w:rsid w:val="000C534C"/>
     <w:rsid w:val="000D04AA"/>
+    <w:rsid w:val="000D6A4D"/>
     <w:rsid w:val="000E3F66"/>
     <w:rsid w:val="000E5A92"/>
     <w:rsid w:val="00106BFE"/>
     <w:rsid w:val="00125F40"/>
     <w:rsid w:val="00130C0B"/>
     <w:rsid w:val="00132E4F"/>
     <w:rsid w:val="0014564F"/>
     <w:rsid w:val="001514F6"/>
     <w:rsid w:val="001519AE"/>
     <w:rsid w:val="00157EE1"/>
     <w:rsid w:val="00161AF7"/>
     <w:rsid w:val="0016310D"/>
     <w:rsid w:val="00165B26"/>
     <w:rsid w:val="001761F7"/>
     <w:rsid w:val="00186337"/>
     <w:rsid w:val="00186A9F"/>
     <w:rsid w:val="001879AC"/>
     <w:rsid w:val="0019116C"/>
     <w:rsid w:val="001A78B1"/>
     <w:rsid w:val="001B4DFF"/>
     <w:rsid w:val="001C1162"/>
     <w:rsid w:val="001D2A5B"/>
     <w:rsid w:val="001D49B2"/>
     <w:rsid w:val="001D7700"/>
     <w:rsid w:val="001E270A"/>
     <w:rsid w:val="001E634F"/>
     <w:rsid w:val="001F33E0"/>
     <w:rsid w:val="00212129"/>
     <w:rsid w:val="002246B8"/>
     <w:rsid w:val="00244A02"/>
     <w:rsid w:val="00251885"/>
+    <w:rsid w:val="00251D0F"/>
     <w:rsid w:val="00254335"/>
     <w:rsid w:val="00257616"/>
     <w:rsid w:val="00280701"/>
     <w:rsid w:val="00284363"/>
     <w:rsid w:val="002A0931"/>
     <w:rsid w:val="002A5903"/>
     <w:rsid w:val="002A6289"/>
     <w:rsid w:val="002B7C5B"/>
     <w:rsid w:val="002C3F82"/>
     <w:rsid w:val="002C464A"/>
     <w:rsid w:val="002C4FFE"/>
     <w:rsid w:val="002E6E2D"/>
     <w:rsid w:val="002E72E8"/>
     <w:rsid w:val="002F2A58"/>
     <w:rsid w:val="002F5640"/>
     <w:rsid w:val="002F7553"/>
     <w:rsid w:val="00327DF2"/>
     <w:rsid w:val="003327C7"/>
     <w:rsid w:val="00336499"/>
     <w:rsid w:val="00341AD4"/>
     <w:rsid w:val="00362CC0"/>
     <w:rsid w:val="003735A1"/>
     <w:rsid w:val="00397D4B"/>
     <w:rsid w:val="003A62C6"/>
     <w:rsid w:val="003A76D4"/>
@@ -6544,254 +6321,269 @@
     <w:rsid w:val="003E77CD"/>
     <w:rsid w:val="00400104"/>
     <w:rsid w:val="004001C6"/>
     <w:rsid w:val="00402BAE"/>
     <w:rsid w:val="00403091"/>
     <w:rsid w:val="00412CD3"/>
     <w:rsid w:val="00420521"/>
     <w:rsid w:val="004219AD"/>
     <w:rsid w:val="004232FE"/>
     <w:rsid w:val="00423E72"/>
     <w:rsid w:val="00424B7A"/>
     <w:rsid w:val="00432146"/>
     <w:rsid w:val="00434F32"/>
     <w:rsid w:val="00437D87"/>
     <w:rsid w:val="004454BD"/>
     <w:rsid w:val="00447B88"/>
     <w:rsid w:val="00447D02"/>
     <w:rsid w:val="004560D2"/>
     <w:rsid w:val="00460A8F"/>
     <w:rsid w:val="004909B7"/>
     <w:rsid w:val="0049393F"/>
     <w:rsid w:val="004A1D68"/>
     <w:rsid w:val="004A4054"/>
     <w:rsid w:val="004B0E9D"/>
     <w:rsid w:val="004B5122"/>
+    <w:rsid w:val="004C7917"/>
     <w:rsid w:val="004D5720"/>
     <w:rsid w:val="004E08AE"/>
     <w:rsid w:val="004F13CB"/>
     <w:rsid w:val="004F4F84"/>
     <w:rsid w:val="005020DA"/>
+    <w:rsid w:val="00515131"/>
     <w:rsid w:val="00515DBB"/>
     <w:rsid w:val="005202A2"/>
     <w:rsid w:val="00520E1A"/>
     <w:rsid w:val="00523A1A"/>
     <w:rsid w:val="00535FA7"/>
+    <w:rsid w:val="005374D4"/>
     <w:rsid w:val="0054181B"/>
     <w:rsid w:val="00542C6A"/>
     <w:rsid w:val="005561E2"/>
     <w:rsid w:val="00557EBF"/>
     <w:rsid w:val="00560128"/>
     <w:rsid w:val="005618D6"/>
     <w:rsid w:val="00567BFC"/>
     <w:rsid w:val="0057185C"/>
     <w:rsid w:val="00584B8F"/>
     <w:rsid w:val="00585AAE"/>
     <w:rsid w:val="005879FA"/>
     <w:rsid w:val="0059050C"/>
     <w:rsid w:val="005A31E7"/>
     <w:rsid w:val="005A420C"/>
     <w:rsid w:val="005A473B"/>
     <w:rsid w:val="005B0DE7"/>
     <w:rsid w:val="005B6494"/>
     <w:rsid w:val="005C2565"/>
     <w:rsid w:val="005C30AD"/>
     <w:rsid w:val="005D46AE"/>
     <w:rsid w:val="005D51C2"/>
     <w:rsid w:val="005D5D8F"/>
     <w:rsid w:val="005D6A9C"/>
     <w:rsid w:val="005F29D3"/>
     <w:rsid w:val="00601553"/>
     <w:rsid w:val="006022CA"/>
     <w:rsid w:val="00605849"/>
     <w:rsid w:val="0061564A"/>
     <w:rsid w:val="006163B2"/>
     <w:rsid w:val="00617E7A"/>
     <w:rsid w:val="00623394"/>
     <w:rsid w:val="00623EAF"/>
     <w:rsid w:val="006276D0"/>
     <w:rsid w:val="00630E85"/>
+    <w:rsid w:val="0064775F"/>
     <w:rsid w:val="0065282D"/>
+    <w:rsid w:val="0066538E"/>
     <w:rsid w:val="006670C1"/>
     <w:rsid w:val="00671CC6"/>
+    <w:rsid w:val="00675B17"/>
     <w:rsid w:val="00687294"/>
     <w:rsid w:val="00696C02"/>
+    <w:rsid w:val="006B12FF"/>
     <w:rsid w:val="006B6B39"/>
     <w:rsid w:val="006B7DB7"/>
+    <w:rsid w:val="006C4CDA"/>
     <w:rsid w:val="006D4014"/>
     <w:rsid w:val="006D5A65"/>
     <w:rsid w:val="006E06EB"/>
     <w:rsid w:val="006E5DE6"/>
     <w:rsid w:val="00705DBC"/>
     <w:rsid w:val="00713BF1"/>
     <w:rsid w:val="00726DB7"/>
     <w:rsid w:val="00732CF6"/>
     <w:rsid w:val="0073314F"/>
     <w:rsid w:val="00733AD3"/>
     <w:rsid w:val="00747B3E"/>
     <w:rsid w:val="00750741"/>
     <w:rsid w:val="007515FA"/>
     <w:rsid w:val="00752D62"/>
     <w:rsid w:val="00756D3F"/>
     <w:rsid w:val="00760566"/>
     <w:rsid w:val="007626EC"/>
     <w:rsid w:val="00786129"/>
     <w:rsid w:val="0079338E"/>
     <w:rsid w:val="007A4611"/>
+    <w:rsid w:val="007A667B"/>
     <w:rsid w:val="007A7493"/>
     <w:rsid w:val="007B055D"/>
     <w:rsid w:val="007B48C5"/>
     <w:rsid w:val="007B7648"/>
     <w:rsid w:val="007C282C"/>
     <w:rsid w:val="007D354C"/>
     <w:rsid w:val="007D3646"/>
     <w:rsid w:val="007F7344"/>
     <w:rsid w:val="00802F2F"/>
     <w:rsid w:val="0080775A"/>
     <w:rsid w:val="00816F01"/>
     <w:rsid w:val="008349A8"/>
     <w:rsid w:val="0083572A"/>
     <w:rsid w:val="008407B4"/>
     <w:rsid w:val="00842203"/>
     <w:rsid w:val="00856172"/>
     <w:rsid w:val="00863F1B"/>
     <w:rsid w:val="008755C2"/>
     <w:rsid w:val="00875AA7"/>
     <w:rsid w:val="00886D9C"/>
     <w:rsid w:val="0089782B"/>
     <w:rsid w:val="008A211D"/>
     <w:rsid w:val="008B57AA"/>
     <w:rsid w:val="008B60B2"/>
     <w:rsid w:val="008C2AA4"/>
     <w:rsid w:val="008C33EE"/>
     <w:rsid w:val="008D04D3"/>
     <w:rsid w:val="008E11F1"/>
     <w:rsid w:val="008E7300"/>
     <w:rsid w:val="008F4C2B"/>
     <w:rsid w:val="009048E0"/>
     <w:rsid w:val="00907D61"/>
     <w:rsid w:val="009126AD"/>
     <w:rsid w:val="00914C4E"/>
     <w:rsid w:val="00920CAB"/>
     <w:rsid w:val="00927DA1"/>
     <w:rsid w:val="00936465"/>
     <w:rsid w:val="00940E38"/>
+    <w:rsid w:val="009506A7"/>
     <w:rsid w:val="00951331"/>
     <w:rsid w:val="009634C0"/>
     <w:rsid w:val="00967023"/>
     <w:rsid w:val="00974481"/>
     <w:rsid w:val="00977CFA"/>
     <w:rsid w:val="00984603"/>
+    <w:rsid w:val="0098633C"/>
     <w:rsid w:val="00987E8F"/>
     <w:rsid w:val="0099396F"/>
     <w:rsid w:val="009A201C"/>
     <w:rsid w:val="009A315D"/>
     <w:rsid w:val="009A327E"/>
     <w:rsid w:val="009C0836"/>
     <w:rsid w:val="009C7D74"/>
     <w:rsid w:val="009D0AEB"/>
     <w:rsid w:val="009D2642"/>
     <w:rsid w:val="009D6950"/>
     <w:rsid w:val="009E798D"/>
     <w:rsid w:val="00A16A09"/>
     <w:rsid w:val="00A17D02"/>
     <w:rsid w:val="00A200FB"/>
     <w:rsid w:val="00A31E11"/>
     <w:rsid w:val="00A32737"/>
     <w:rsid w:val="00A47CB0"/>
     <w:rsid w:val="00A54B04"/>
     <w:rsid w:val="00A55ED8"/>
     <w:rsid w:val="00A61AA3"/>
     <w:rsid w:val="00A63980"/>
     <w:rsid w:val="00A81CFB"/>
+    <w:rsid w:val="00A964B2"/>
     <w:rsid w:val="00AA68B9"/>
     <w:rsid w:val="00AB0526"/>
     <w:rsid w:val="00AB1DD3"/>
     <w:rsid w:val="00AB2827"/>
     <w:rsid w:val="00AB33C4"/>
     <w:rsid w:val="00AC3F5A"/>
     <w:rsid w:val="00AC46B9"/>
     <w:rsid w:val="00AE1F8B"/>
     <w:rsid w:val="00AF1595"/>
     <w:rsid w:val="00AF4416"/>
     <w:rsid w:val="00B05BB2"/>
     <w:rsid w:val="00B10428"/>
     <w:rsid w:val="00B10545"/>
     <w:rsid w:val="00B12EDA"/>
     <w:rsid w:val="00B15610"/>
     <w:rsid w:val="00B25523"/>
     <w:rsid w:val="00B44385"/>
     <w:rsid w:val="00B46760"/>
     <w:rsid w:val="00B5103C"/>
     <w:rsid w:val="00B61F7F"/>
     <w:rsid w:val="00B64B75"/>
     <w:rsid w:val="00B66E26"/>
     <w:rsid w:val="00B675BA"/>
     <w:rsid w:val="00B82A98"/>
     <w:rsid w:val="00B8767F"/>
     <w:rsid w:val="00BA36EA"/>
     <w:rsid w:val="00BA42F3"/>
     <w:rsid w:val="00BB1D92"/>
     <w:rsid w:val="00BC3A04"/>
     <w:rsid w:val="00BC3E3E"/>
     <w:rsid w:val="00BC48A8"/>
     <w:rsid w:val="00BD20D2"/>
     <w:rsid w:val="00BD3030"/>
     <w:rsid w:val="00BD4358"/>
     <w:rsid w:val="00BD451C"/>
     <w:rsid w:val="00BE0664"/>
+    <w:rsid w:val="00BF2266"/>
     <w:rsid w:val="00BF46CB"/>
     <w:rsid w:val="00C32D57"/>
     <w:rsid w:val="00C3455E"/>
     <w:rsid w:val="00C34681"/>
     <w:rsid w:val="00C45594"/>
     <w:rsid w:val="00C5068F"/>
     <w:rsid w:val="00C53E03"/>
     <w:rsid w:val="00C713F1"/>
     <w:rsid w:val="00C75477"/>
     <w:rsid w:val="00C83620"/>
     <w:rsid w:val="00C93535"/>
     <w:rsid w:val="00C95B1F"/>
     <w:rsid w:val="00C96EB2"/>
     <w:rsid w:val="00CA0682"/>
     <w:rsid w:val="00CA29C8"/>
     <w:rsid w:val="00CB5E24"/>
     <w:rsid w:val="00CB63A2"/>
     <w:rsid w:val="00CC7A2F"/>
     <w:rsid w:val="00CD40D1"/>
     <w:rsid w:val="00CD52C7"/>
     <w:rsid w:val="00CD5894"/>
     <w:rsid w:val="00CE0395"/>
     <w:rsid w:val="00CE77E6"/>
     <w:rsid w:val="00CF02F9"/>
+    <w:rsid w:val="00D046A8"/>
     <w:rsid w:val="00D051EE"/>
     <w:rsid w:val="00D05AA3"/>
     <w:rsid w:val="00D12F31"/>
     <w:rsid w:val="00D23D0F"/>
     <w:rsid w:val="00D242DA"/>
     <w:rsid w:val="00D320E9"/>
     <w:rsid w:val="00D32A06"/>
+    <w:rsid w:val="00D34A0A"/>
     <w:rsid w:val="00D36C22"/>
     <w:rsid w:val="00D44320"/>
     <w:rsid w:val="00D51CE9"/>
     <w:rsid w:val="00D52012"/>
     <w:rsid w:val="00D605D3"/>
     <w:rsid w:val="00D65AC3"/>
     <w:rsid w:val="00D84D9A"/>
     <w:rsid w:val="00D8661D"/>
     <w:rsid w:val="00D9058E"/>
     <w:rsid w:val="00D942EA"/>
     <w:rsid w:val="00DA0F46"/>
     <w:rsid w:val="00DA240E"/>
     <w:rsid w:val="00DA4BA7"/>
     <w:rsid w:val="00DA597D"/>
     <w:rsid w:val="00DA5F1C"/>
     <w:rsid w:val="00DC002B"/>
     <w:rsid w:val="00DD6831"/>
     <w:rsid w:val="00DE7580"/>
     <w:rsid w:val="00E03A2B"/>
     <w:rsid w:val="00E12D27"/>
     <w:rsid w:val="00E14E63"/>
     <w:rsid w:val="00E31952"/>
     <w:rsid w:val="00E33125"/>
     <w:rsid w:val="00E366B1"/>
     <w:rsid w:val="00E40512"/>
@@ -6803,84 +6595,86 @@
     <w:rsid w:val="00E82428"/>
     <w:rsid w:val="00E82B97"/>
     <w:rsid w:val="00E853D0"/>
     <w:rsid w:val="00E90E5A"/>
     <w:rsid w:val="00EA0AAD"/>
     <w:rsid w:val="00EA17E8"/>
     <w:rsid w:val="00EA4D56"/>
     <w:rsid w:val="00EB1B4B"/>
     <w:rsid w:val="00EC6482"/>
     <w:rsid w:val="00EE11E1"/>
     <w:rsid w:val="00EE2FA5"/>
     <w:rsid w:val="00EE50DC"/>
     <w:rsid w:val="00EE7481"/>
     <w:rsid w:val="00EF3574"/>
     <w:rsid w:val="00EF5D68"/>
     <w:rsid w:val="00F0482D"/>
     <w:rsid w:val="00F072E7"/>
     <w:rsid w:val="00F072F2"/>
     <w:rsid w:val="00F12A6F"/>
     <w:rsid w:val="00F174B8"/>
     <w:rsid w:val="00F27AFD"/>
     <w:rsid w:val="00F371B2"/>
     <w:rsid w:val="00F502E3"/>
     <w:rsid w:val="00F60BE6"/>
     <w:rsid w:val="00F76330"/>
+    <w:rsid w:val="00F77FD3"/>
     <w:rsid w:val="00F86A99"/>
     <w:rsid w:val="00F97520"/>
     <w:rsid w:val="00FA05CE"/>
     <w:rsid w:val="00FB4443"/>
     <w:rsid w:val="00FB7560"/>
     <w:rsid w:val="00FD0EE5"/>
     <w:rsid w:val="00FD4A61"/>
     <w:rsid w:val="00FE014A"/>
+    <w:rsid w:val="00FE0A14"/>
     <w:rsid w:val="00FF4010"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="14CDA3D5"/>
+  <w14:docId w14:val="53D3C65C"/>
   <w15:docId w15:val="{4B77EF7B-0058-4CFD-B6F3-74C5A49ACAAD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7685,86 +7479,86 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{493336E3-A900-497B-824A-57E192F6C3C7}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1AFF55C-1D79-49D2-9FA5-207AC1A3DA85}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>958</Words>
-  <Characters>5466</Characters>
+  <Words>955</Words>
+  <Characters>5444</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6412</CharactersWithSpaces>
+  <CharactersWithSpaces>6387</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_DocHome">
     <vt:i4>721879169</vt:i4>
   </property>
 </Properties>
 </file>