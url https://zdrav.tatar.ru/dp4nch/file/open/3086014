--- v0 (2025-12-25)
+++ v1 (2026-01-16)
@@ -1,2124 +1,1780 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:tbl>
-[...590 lines deleted...]
-    <w:p w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidRDefault="003225A9" w:rsidP="003225A9">
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2 лечебно-профилактическое отделение</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7429">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>251</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кабинет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заведующая отделением: Резяпова Тамина Явдатовна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ст.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00704FD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м/с: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Зорина Любовь Николаевна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="16444" w:type="dxa"/>
-        <w:tblInd w:w="-157" w:type="dxa"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpX="279" w:tblpY="-69"/>
+        <w:tblW w:w="15455" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="857"/>
+        <w:gridCol w:w="1431"/>
+        <w:gridCol w:w="3284"/>
+        <w:gridCol w:w="3972"/>
+        <w:gridCol w:w="3227"/>
+        <w:gridCol w:w="2684"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidTr="00E00525">
+        <w:trPr>
+          <w:trHeight w:val="734"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="857" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1431" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00EB7429" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>212</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7256" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00704FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Гиззатуллина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Эльза </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ильдаровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="008E1422" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кошкина Виктория Викторовна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5911" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635693">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Девушки подростки  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2008 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2010  2011 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00704FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>года рождения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidTr="00E00525">
+        <w:trPr>
+          <w:trHeight w:val="392"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2288" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="001F71A9" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Пн.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>13.30-18.3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F71A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3284" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="003225A9" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Вт 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="003225A9" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ср  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F71A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>.00-11.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> м/о</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3227" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="001F71A9" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>4.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2684" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="001F71A9" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Пт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>9.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>4.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-109"/>
+        <w:tblW w:w="15734" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1375"/>
-        <w:gridCol w:w="43"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="3492"/>
+        <w:gridCol w:w="1275"/>
+        <w:gridCol w:w="650"/>
+        <w:gridCol w:w="3210"/>
+        <w:gridCol w:w="2547"/>
+        <w:gridCol w:w="663"/>
+        <w:gridCol w:w="3195"/>
+        <w:gridCol w:w="2819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003225A9" w:rsidRPr="00FD2483" w:rsidTr="007C4CEC">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00FD2483" w:rsidTr="00E00525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>участок</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00704FD6" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00704FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6139" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00FD2483" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00FD2483" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ФИО ВРАЧА И МЕДИЦИНСКОЙ СЕСТРЫ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00FD2483" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00FD2483" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№ ДОМОВ, ПРИКРЕПЛЁННЫЕ НА УЧАСТОК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidTr="007C4CEC">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="28"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A5554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006A5554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>уч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00EB7429" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="32"/>
-[...2 lines deleted...]
-              <w:t>251</w:t>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t>239</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00932B6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="13794" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач:  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007C4CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Галимова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007C4CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="007C4CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ильнуровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="008E1422" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    м/с:  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Галиева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Фируза</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Филюсовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                       </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidRDefault="003225A9" w:rsidP="005D47CC">
-[...43 lines deleted...]
-              <w:t>Зорина Любовь Николаевна</w:t>
+          <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>26/15      26/16     26/18 (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>А,Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)     26/21</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>78 микрорайон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003225A9" w:rsidRPr="00265C86" w:rsidTr="007C4CEC">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="006A5554" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="48"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006A5554">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>уч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00995D64" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="007F0A9D" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="32"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve">252 </w:t>
+              <w:t>253</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00932B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>каб</w:t>
-[...8 lines deleted...]
-              <w:t>инет</w:t>
+              <w:t>кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6139" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="00995D64" w:rsidRDefault="003225A9" w:rsidP="003713B5">
-[...11 lines deleted...]
-                <w:szCs w:val="32"/>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00995D64">
-[...3 lines deleted...]
-                <w:szCs w:val="32"/>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Врач:  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00995D64">
-[...5 lines deleted...]
-              <w:t>Ардуганова</w:t>
+            <w:r w:rsidRPr="00FD2483">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Фассалова</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00995D64">
-[...18 lines deleted...]
-              <w:rPr>
+            <w:r w:rsidRPr="00FD2483">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Эльвира </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD2483">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Хамитовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00995D64">
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с:   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Хуснутдинова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Хамдия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Файзрахмановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003225A9" w:rsidRPr="003C0989" w:rsidRDefault="003225A9" w:rsidP="003713B5">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00F134D7" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:b/>
-[...109 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F134D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">28/13 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F134D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F134D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28/18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F134D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  29/02    29/03    29/04    29/07    29/08    29/09    29/10  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00265C86">
-[...45 lines deleted...]
-              <w:t xml:space="preserve">    18/15   18/16                30/01   30/03</w:t>
+            <w:r w:rsidRPr="00F134D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>29/11    29/12    29/13    29/15    29/17    29/18    29/19    29/20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  29/30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidTr="007C4CEC">
-[...608 lines deleted...]
-      <w:tr w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidTr="007C4CEC">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:trPr>
           <w:trHeight w:val="738"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="006A5554" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="006A5554">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006A5554">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>уч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="007F0A9D" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="007F0A9D" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>247</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00932B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6139" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00871CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Врач:  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Набиуллина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Лейсан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Раушановна</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="005D47CC" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> м/с: </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Гатауллина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Камиля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Марселевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00265C86">
-[...45 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00265C86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>26/01</w:t>
             </w:r>
             <w:r w:rsidRPr="00265C86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00265C86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2172,2616 +1828,2263 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00265C86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00265C86">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 26/23   26/26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidTr="00E81846">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="006A5554" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
               <w:t xml:space="preserve">14 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>уч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">  227</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00932B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6139" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00871CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Врач</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD2483">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Галимова</w:t>
+              <w:t>Ахмадеева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> Алина </w:t>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Ильнуровна</w:t>
+              <w:t>Айсина</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+              <w:t xml:space="preserve"> Рустамовна </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">    м/с:     </w:t>
             </w:r>
             <w:r w:rsidRPr="00871CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Зорина Любовь Николаевна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>27/10 (А)     27/14      27/15        27/16     27/16(А)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00EA1A09" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+              <w:t>27/10 (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">А)   </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  27/14      27/15        27/16     27/16(А)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00EA1A09" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>27/21 (А)     27/26      27/27(А)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidTr="000B2465">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="006A5554" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00A73B5C" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="52"/>
                 <w:szCs w:val="52"/>
               </w:rPr>
-              <w:t>23</w:t>
+              <w:t>17</w:t>
             </w:r>
             <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>уч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00EB7429">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00A73B5C" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve">  241</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00932B6B">
+              <w:t xml:space="preserve">   233</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>кабинет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6139" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00DD3185" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="006B31CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Врач:  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Мушкина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00FD2483">
-[...32 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Арина Сергеевна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="008E1422" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006B31CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00871CBA">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с:  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Хамитова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Рамзия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>Равильевна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...1 lines deleted...]
-              <w:ind w:left="-4"/>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>28/01  28/02  28/03  28/04  28/05  28/06   28/07  28/10   28/11  28/12   28/17   28/19</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27/01 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   27/02    27/04    27/05    27/05(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>А</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27/06 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27/08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  27/09 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27/10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27/12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  27/17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 27/20 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>27/24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  27/25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidTr="007C4CEC">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1375" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="006A5554" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="52"/>
-[...2 lines deleted...]
-              <w:t>24</w:t>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="48"/>
+                <w:szCs w:val="48"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="006A5554">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006A5554">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>уч</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00884905" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...8 lines deleted...]
-            <w:r>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00995D64" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7429">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve">  238</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">252 </w:t>
             </w:r>
             <w:r w:rsidRPr="00932B6B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>кабинет</w:t>
+              <w:t>каб</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>инет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6139" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00871CBA" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00995D64" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00995D64">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">Врач:  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FD2483">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995D64">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>Ардуганова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00995D64">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алина Маратовна</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00995D64" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995D64">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с:    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995D64">
+              <w:rPr>
                 <w:b/>
                 <w:i/>
-                <w:sz w:val="27"/>
-[...79 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бирюкова Лариса Валентиновна</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7655" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...85 lines deleted...]
-              <w:t>30/19     30/19(А)</w:t>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>63/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1  63</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/1а  63/1б  63/2  63/3/10  63/2/10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="003C0989" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ЯШЬЛЕК 8 (А Б В Г Д Е )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F71A9" w:rsidRPr="00265C86" w:rsidTr="007C4CEC">
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>уч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  241</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00932B6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Врач</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD2483">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00FD2483">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Клименко Алина Вячеславовна  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">м/с:    </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:ind w:left="-4"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>28/01  28/02  28/03  28/04  28/05  28/06   28/07  28/10   28/11  28/12   28/17   28/19  30/01  30/03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1375" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="006A5554" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7429">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="52"/>
+                <w:szCs w:val="52"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A5554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006A5554">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>уч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00884905" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  238</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00932B6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6407" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00871CBA" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Врач:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Тулакова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Залейхо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Зафаровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00871CBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD2483">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                               м/с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1422">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Епанешникова Алена Дмитриевна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6677" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29/01 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 29/05    29/06 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  29/30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    30/04     30/06     30/07    30/08   30/09   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30/11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   30/12    30/13    30/16     30/17  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00265C86">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>30/19     30/19(А)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E00525" w:rsidRPr="00265C86" w:rsidTr="00E00525">
         <w:trPr>
           <w:trHeight w:val="515"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3300" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00A73B5C" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00A73B5C" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A73B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve">Пн  </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Пн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>8.00</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>30-18.3</w:t>
             </w:r>
             <w:r w:rsidRPr="003225A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>-1</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00E00525" w:rsidRPr="00A73B5C" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="003225A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...9 lines deleted...]
-              <w:t>0</w:t>
+              <w:t>Вт 14</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
             <w:r w:rsidRPr="003225A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t>-17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3210" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00A73B5C" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00A73B5C" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003225A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t>Вт 14</w:t>
-[...26 lines deleted...]
-              <w:t>.00</w:t>
+              <w:t xml:space="preserve">Ср </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F71A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A73B5C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F71A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F71A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3210" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3195" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="00A73B5C" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="00A73B5C" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003225A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ср </w:t>
-[...35 lines deleted...]
-              <w:t>8.30</w:t>
+              <w:t>Чт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>.00</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003225A9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>-12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3195" w:type="dxa"/>
-[...56 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2819" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="001F71A9" w:rsidRPr="001F71A9" w:rsidRDefault="001F71A9" w:rsidP="001F71A9">
+          <w:p w:rsidR="00E00525" w:rsidRPr="001F71A9" w:rsidRDefault="00E00525" w:rsidP="00E00525">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003225A9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
-              <w:t xml:space="preserve">Пт </w:t>
-[...58 lines deleted...]
-              <w:t>уч</w:t>
+              <w:t>Пт</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...1299 lines deleted...]
-              <w:t>0</w:t>
+            <w:r w:rsidR="002A086D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="36"/>
+                <w:szCs w:val="36"/>
+              </w:rPr>
+              <w:t>9.00-12.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="00E00525">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003225A9" w:rsidRPr="00704FD6" w:rsidRDefault="003225A9" w:rsidP="003225A9">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="000A521B" w:rsidRDefault="000A521B" w:rsidP="000E044F"/>
-    <w:sectPr w:rsidR="000A521B" w:rsidSect="003225A9">
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="000E044F"/>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="000E044F"/>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="000E044F"/>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="000E044F"/>
+    <w:p w:rsidR="00E00525" w:rsidRDefault="00E00525" w:rsidP="000E044F"/>
+    <w:sectPr w:rsidR="00E00525" w:rsidSect="003225A9">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="142" w:right="395" w:bottom="142" w:left="426" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003370D5"/>
     <w:rsid w:val="00003169"/>
     <w:rsid w:val="00023F24"/>
     <w:rsid w:val="0003016B"/>
     <w:rsid w:val="000A521B"/>
     <w:rsid w:val="000C3700"/>
     <w:rsid w:val="000D768F"/>
     <w:rsid w:val="000E044F"/>
     <w:rsid w:val="00121DCF"/>
     <w:rsid w:val="00164BA1"/>
     <w:rsid w:val="001A4968"/>
     <w:rsid w:val="001A54F5"/>
     <w:rsid w:val="001B0E08"/>
     <w:rsid w:val="001C4D90"/>
     <w:rsid w:val="001D2E68"/>
     <w:rsid w:val="001F71A9"/>
     <w:rsid w:val="00202E22"/>
     <w:rsid w:val="002343CC"/>
     <w:rsid w:val="00236E85"/>
     <w:rsid w:val="00244E62"/>
     <w:rsid w:val="00253581"/>
     <w:rsid w:val="00265C86"/>
+    <w:rsid w:val="002A086D"/>
     <w:rsid w:val="003046A1"/>
     <w:rsid w:val="003225A9"/>
     <w:rsid w:val="003370D5"/>
     <w:rsid w:val="00395CDA"/>
     <w:rsid w:val="003C0989"/>
     <w:rsid w:val="004317BB"/>
     <w:rsid w:val="0045228C"/>
     <w:rsid w:val="00464302"/>
     <w:rsid w:val="00470FC6"/>
     <w:rsid w:val="004F58AD"/>
     <w:rsid w:val="00530D82"/>
     <w:rsid w:val="00562E07"/>
+    <w:rsid w:val="005762D5"/>
     <w:rsid w:val="005865C6"/>
     <w:rsid w:val="005A5F0F"/>
     <w:rsid w:val="005A7941"/>
     <w:rsid w:val="005B00B2"/>
     <w:rsid w:val="005D47CC"/>
     <w:rsid w:val="005D70EE"/>
     <w:rsid w:val="005F5152"/>
     <w:rsid w:val="00652F7B"/>
     <w:rsid w:val="006566F4"/>
     <w:rsid w:val="006960E7"/>
     <w:rsid w:val="006A6C14"/>
     <w:rsid w:val="00703CA7"/>
     <w:rsid w:val="0077782F"/>
     <w:rsid w:val="007947A2"/>
     <w:rsid w:val="007C4CEC"/>
     <w:rsid w:val="007F0A9D"/>
     <w:rsid w:val="0081326E"/>
     <w:rsid w:val="008D394B"/>
     <w:rsid w:val="008E1422"/>
     <w:rsid w:val="0090193E"/>
     <w:rsid w:val="00932B6B"/>
     <w:rsid w:val="00957CE6"/>
     <w:rsid w:val="009C51FA"/>
     <w:rsid w:val="009C769C"/>
     <w:rsid w:val="009F2652"/>
@@ -4793,85 +4096,87 @@
     <w:rsid w:val="00AB5065"/>
     <w:rsid w:val="00AE5609"/>
     <w:rsid w:val="00B437FC"/>
     <w:rsid w:val="00B60D4B"/>
     <w:rsid w:val="00B70475"/>
     <w:rsid w:val="00BA5DF6"/>
     <w:rsid w:val="00BD3EB5"/>
     <w:rsid w:val="00BF1901"/>
     <w:rsid w:val="00C06DC7"/>
     <w:rsid w:val="00CA1BF6"/>
     <w:rsid w:val="00CB27F0"/>
     <w:rsid w:val="00CC409B"/>
     <w:rsid w:val="00CD44E8"/>
     <w:rsid w:val="00CD7082"/>
     <w:rsid w:val="00CF26F1"/>
     <w:rsid w:val="00CF42F9"/>
     <w:rsid w:val="00D06C86"/>
     <w:rsid w:val="00D22053"/>
     <w:rsid w:val="00D67D91"/>
     <w:rsid w:val="00D843F7"/>
     <w:rsid w:val="00DD144F"/>
     <w:rsid w:val="00DD3185"/>
     <w:rsid w:val="00DF02D3"/>
     <w:rsid w:val="00DF1243"/>
     <w:rsid w:val="00DF200F"/>
+    <w:rsid w:val="00E00525"/>
     <w:rsid w:val="00E0660F"/>
     <w:rsid w:val="00E15A1C"/>
     <w:rsid w:val="00EB7429"/>
+    <w:rsid w:val="00EF7980"/>
     <w:rsid w:val="00F1078E"/>
     <w:rsid w:val="00F134D7"/>
     <w:rsid w:val="00F53F77"/>
     <w:rsid w:val="00F773E8"/>
     <w:rsid w:val="00F9744B"/>
     <w:rsid w:val="00FB26A9"/>
     <w:rsid w:val="00FE46EE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="30FB2CFC"/>
+  <w14:docId w14:val="6970B85A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{916215E5-A686-4D7A-8175-E3201C604B19}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -5315,50 +4620,118 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00CD44E8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CD44E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a7">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E00525"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E00525"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E00525"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a8"/>
+    <w:next w:val="a8"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E00525"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a9"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E00525"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5594,71 +4967,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2272</Characters>
+  <Pages>2</Pages>
+  <Words>328</Words>
+  <Characters>1872</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>15</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2665</CharactersWithSpaces>
+  <CharactersWithSpaces>2196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>reg1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>